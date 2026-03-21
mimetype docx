--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -1,4433 +1,4517 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:p w14:paraId="42CAD2FC" w14:textId="3DB5D418" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00504502">
+      <w:r w:rsidRPr="00EA16BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>VILNIAUS LOPŠELIO-DARŽELIO „RIEŠUTĖLIS“</w:t>
+        <w:t>VILNIAUS LOPŠELIS-DARŽELIS „</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RIEŠUTĖLIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:p w14:paraId="7A0CEECD" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00504502">
+    </w:p>
+    <w:p w14:paraId="14D61C74" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>SPECIALIOSIOS PEDAGOGĖS</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="750E3AF2" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SPECIALIOSIOS PEDAGOGĖS VEIKLOS PLANAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:p w14:paraId="2F183093" w14:textId="5029FFFD" w:rsidR="00877E66" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00504502">
+      <w:r w:rsidRPr="00EA16BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> VEIKLOS PLANAS 2023 – 2024 M. M.</w:t>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.m</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:p w14:paraId="48DF78E4" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD">
+    <w:p w14:paraId="22A341B7" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00504502">
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
-          <w:lang w:val="lt-LT"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Specialiojo pedagogo veiklos tikslas</w:t>
-[...11 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA16BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
-          <w:lang w:val="lt-LT"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Uždaviniai:</w:t>
+        <w:t>Tikslai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:p w14:paraId="6C1CC007" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:pStyle w:val="Sraopastraipa"/>
-[...3 lines deleted...]
-        </w:numPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00504502">
+      <w:r w:rsidRPr="00EA16BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Pastebėti ir įvertinti vaikų specialiuosius ugdymo(si) poreikius, žinių, gebėjimų lygį ir individualizuoti teikiamą švietimo pagalbą.</w:t>
+        <w:t>Organizuoti pagalbą vaikui, turinčiam specialiųjų ugdymosi poreikių, pedagoginę švietimo pagalbą pedagogams ir kitiems dalyvaujantiems ugdymo procese asmenims bei vaiko tėvams (globėjams). Specialiosios pedagoginės pagalbos tikslas – sudaryti specialiųjų poreikių turinčiam ugdytiniui optimalias sąlygas ugdytis, atsižvelgiant į jo gebėjimus, ugdymosi galimybes ir mokymosi ypatumus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:p w14:paraId="25FFAF60" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Uždaviniai:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CF7BFD4" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="984"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00504502">
+      <w:bookmarkStart w:id="0" w:name="_Hlk113259821"/>
+      <w:r w:rsidRPr="00EA16BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Ugdyti vaikų neišlavėjusias pažintines funkcijas, atsižvelgiant į kiekvieno vaiko gebėjimus, ugdymosi galimybes, mokymosi ypatumus.</w:t>
+        <w:t xml:space="preserve">Atsižvelgiant į </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kiekvieno vaiko gebėjimus, ugdymosi galimybes, mokymosi ypatumus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>teikti specialiąją pedagoginę pagalbą, p</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>adėti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specialiųjų ugdymosi poreikių turintiems vaikams įsisavinti ugdymo turinį ir ugdyti jų neišlavėjusias pažintines funkcijas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:p w14:paraId="27870C92" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="984"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00504502">
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Konsultuoti mokytojus, kaip pritaikyti mokiniams ugdymosi aplinką ir mokymosi priemones.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="02FA0DBE" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Sudaryti tinkamą mokymosi aplinką.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Teikti informaciją mokyklos bendruomenei apie specialiųjų ugdymosi poreikių turinčių mokinių ugdymą, formuoti mokyklos bendruomenės teigiamą požiūrį į specialiųjų ugdymosi poreikių turinčius mokinius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:p w14:paraId="4DEDD730" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00504502">
+      <w:bookmarkStart w:id="1" w:name="_Hlk113260062"/>
+      <w:r w:rsidRPr="00EA16BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rengti ir naudoti specialiosios pedagoginės pagalbos teikimo procese ugdymo priemones, skirtas specialiųjų poreikių turinčių vaikų sutrikusių funkcijų lavinimui. </w:t>
+        <w:t>Atlikti pedagoginį mokinių, turinčių specialiųjų ugdymosi poreikių, žinių vertinimą ir esant būtinybei rekomenduoti vertinti jo gebėjimus VPPT</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:p w14:paraId="386529E0" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00504502">
+      <w:bookmarkStart w:id="2" w:name="_Hlk113259946"/>
+      <w:r w:rsidRPr="00EA16BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Tobulinti kvalifikaciją.</w:t>
+        <w:t xml:space="preserve">Teikti metodinę pagalbą mokinių tėvams (globėjams, rūpintojams) ir juos konsultuoti specialiojo ugdymo klausimais. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="1C045443" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00504502">
+      <w:r w:rsidRPr="00EA16BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bendradarbiauti ir konsultuoti specialiųjų ugdymo(si) poreikių turinčių vaikų tėvus, pedagogus, pagalbos vaikui teikimo, ugdymo organizavimo klausimais. </w:t>
+        <w:t>Bendradarbiauti su Vilniaus miesto pedagogine psichologine tarnyba, pagalbos vaikui specialistais bei pedagogais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:p w14:paraId="6D2158AB" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EA16BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tobulinti asmeninę kompetenciją seminaruose, kursuose, mokymuose.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="287"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-342" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="976"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2914"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="3891"/>
+        <w:gridCol w:w="1623"/>
+        <w:gridCol w:w="3900"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidTr="00DE06F8">
+      <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="10BBD568" w14:textId="77777777" w:rsidTr="00CF4E33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
+          <w:p w14:paraId="33537928" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>Eil.nr.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eil.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="245BAFB3" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4052" w:type="dxa"/>
+            <w:tcW w:w="4124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
-            <w:pPr>
+          <w:p w14:paraId="6C703A65" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3675"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="63AB663C" w14:textId="77777777" w:rsidTr="00CF4E33">
+              <w:trPr>
+                <w:trHeight w:val="109"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="287D22C3" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Veiklos turinys, darbo organizavimas</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="417DEC01" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1656" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
-            <w:pPr>
+          <w:p w14:paraId="16D3C4E6" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="670"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="7AB9B104" w14:textId="77777777" w:rsidTr="00CF4E33">
+              <w:trPr>
+                <w:trHeight w:val="109"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="5535598F" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Data</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="40C8E023" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2973" w:type="dxa"/>
+            <w:tcW w:w="3860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
-            <w:pPr>
+          <w:p w14:paraId="754B77F4" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="2089"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="6BD5BB63" w14:textId="77777777" w:rsidTr="00CF4E33">
+              <w:trPr>
+                <w:trHeight w:val="109"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6B45B24A" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Laukiami rezultatai</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="0182C492" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidTr="00DE06F8">
+      <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="3EBA740C" w14:textId="77777777" w:rsidTr="00CF4E33">
+        <w:trPr>
+          <w:trHeight w:val="647"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9628" w:type="dxa"/>
-[...42 lines deleted...]
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
-[...26 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="10F6AB63" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6219A135" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4052" w:type="dxa"/>
+            <w:tcW w:w="4124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0C4A6535" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3675"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="1E9FAC55" w14:textId="77777777" w:rsidTr="00CF4E33">
+              <w:trPr>
+                <w:trHeight w:val="927"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="1D19501D" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Tiriamoji veikla</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6F23224D" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>1.1. S</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">pecialiųjų poreikių ugdytinių </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E02A87">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>pirminis bei pakartotinis</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> vertinimas.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="31E7E5E6" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="286B8132" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3F48306F" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>1.</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>. S</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">pecialiosios pedagoginės pagalbos teikimo grafiko </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>sudarymas ir teikimas tvirtinti direktorei.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4F76E0EC" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1.4. </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Pratybų SUP turintiems ugdytiniams vedimas.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="6EA2F040" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1656" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7BE7AA01" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="950"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="4E5FA6C7" w14:textId="77777777" w:rsidTr="00CF4E33">
+              <w:trPr>
+                <w:trHeight w:val="661"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="236" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="0171D1CB" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0689FBBE" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Mokslo metų eigoje pagal poreikį</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="768B54D4" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5A42462D" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3B8B225C" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="63B2007B" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3EC95F73" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="468DFEA1" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="506E3443" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2ED7DD03" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A467A6F" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CD3AC98" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2973" w:type="dxa"/>
+            <w:tcW w:w="3860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8" w:rsidP="00DE06F8">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0F912CDF" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3684"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="284CF51E" w14:textId="77777777" w:rsidTr="00CF4E33">
+              <w:trPr>
+                <w:trHeight w:val="477"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="4F731EFC" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="1"/>
+                      <w:numId w:val="2"/>
+                    </w:numPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Įvertinti vaikų, turinčių specialių ugdymosi poreikių, gebėjimai ir sunkumai.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0E787753" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3E867375" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="1"/>
+                      <w:numId w:val="2"/>
+                    </w:numPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Sudarytos SUP turinčių vaikų, lankysiančių pratybas, tvarkaraštis.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="47083435" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00E02A87" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="1"/>
+                      <w:numId w:val="2"/>
+                    </w:numPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E02A87">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Vedamos specialiosios pratybos. .</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="20C7B3E4" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="2B6437B9" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidTr="00DE06F8">
+      <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="78544819" w14:textId="77777777" w:rsidTr="00CF4E33">
+        <w:trPr>
+          <w:trHeight w:val="5327"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
-[...92 lines deleted...]
-            <w:tcW w:w="2973" w:type="dxa"/>
+            <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
-[...82 lines deleted...]
-              <w:t>2.1.</w:t>
+          <w:p w14:paraId="1202C0E9" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EAF683D" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4052" w:type="dxa"/>
+            <w:tcW w:w="4124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8" w:rsidP="00DE06F8">
-            <w:pPr>
+          <w:p w14:paraId="7A3EAB79" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51452D74" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Darbas su ugdytiniais</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65ED9594" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="669031D2" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dirbant individualiai, kokybiškai organizuoti specialiąsias pratybas ugdytiniams.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44D42413" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pagalbos teikimas vaikams turintiems specialiųjų ugdymosi poreikių grupėse.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1978BE21" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vaikų gebėjimų vertinimas, kuriems būtų reikalinga pagalba.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4822A791" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00504502">
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>2.4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Naujai atvykusių specialiųjų poreikių vaikų pažinimas, jų reikmių vertinimas, žinių, mokėjimo lygio nustatymas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74834CA0" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...217 lines deleted...]
-            <w:tcW w:w="2973" w:type="dxa"/>
+            <w:tcW w:w="1656" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6C1F85FE" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="1407"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="0CEFFEBE" w14:textId="77777777" w:rsidTr="00CF4E33">
+              <w:trPr>
+                <w:trHeight w:val="247"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="10644275" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="71564C9B" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="16C5C8CD" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Mokslo metų eigoje,</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3CB528EE" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">pratybų metu. </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="6E0C6F0D" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4052" w:type="dxa"/>
-[...360 lines deleted...]
-            <w:tcW w:w="2973" w:type="dxa"/>
+            <w:tcW w:w="3860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
-[...5 lines deleted...]
-                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+          <w:p w14:paraId="6E0D301E" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="3684" w:type="dxa"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3684"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="4E5C9D73" w14:textId="77777777" w:rsidTr="00CF4E33">
+              <w:trPr>
+                <w:trHeight w:val="5445"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3684" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="0AFBEC68" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7DA90ED8" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="59AB7618" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t>2.</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Organizuojamos ir planuojamos specialiosios pratybos atsižvelgiat į vaiko patiriamus sunkumus ir </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>kylačius</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> iššūkius.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="21DE59DA" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>2.2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Teikiama kompleksinė pagalba vaikams grupėse veiklų metu.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6A29BF95" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>2.3</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Vertinami vaikų gebėjimai, nustatomos jų galios ir sunkumai.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5EA7AA98" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>2.4</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00EA16BF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Atitinkamų darbo priemonių ir metodų parinkimas, vaikams turintiems specialiųjų ugdymosi poreikių.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="61485F89" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:tbl>
+                  <w:tblPr>
+                    <w:tblW w:w="0" w:type="auto"/>
+                    <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  </w:tblPr>
+                  <w:tblGrid>
+                    <w:gridCol w:w="438"/>
+                  </w:tblGrid>
+                  <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="4620AC9A" w14:textId="77777777" w:rsidTr="00CF4E33">
+                    <w:trPr>
+                      <w:trHeight w:val="80"/>
+                    </w:trPr>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="0" w:type="auto"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="nil"/>
+                          <w:right w:val="nil"/>
+                        </w:tcBorders>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:tbl>
+                        <w:tblPr>
+                          <w:tblW w:w="0" w:type="auto"/>
+                          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                        </w:tblPr>
+                        <w:tblGrid>
+                          <w:gridCol w:w="222"/>
+                        </w:tblGrid>
+                        <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="1D0FF5CB" w14:textId="77777777" w:rsidTr="00CF4E33">
+                          <w:trPr>
+                            <w:trHeight w:val="80"/>
+                          </w:trPr>
+                          <w:tc>
+                            <w:tcPr>
+                              <w:tcW w:w="0" w:type="auto"/>
+                              <w:tcBorders>
+                                <w:top w:val="nil"/>
+                                <w:left w:val="nil"/>
+                                <w:bottom w:val="nil"/>
+                                <w:right w:val="nil"/>
+                              </w:tcBorders>
+                            </w:tcPr>
+                            <w:p w14:paraId="3085EE33" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                              <w:pPr>
+                                <w:autoSpaceDE w:val="0"/>
+                                <w:autoSpaceDN w:val="0"/>
+                                <w:adjustRightInd w:val="0"/>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:tc>
+                        </w:tr>
+                      </w:tbl>
+                      <w:p w14:paraId="0855295E" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                        <w:pPr>
+                          <w:autoSpaceDE w:val="0"/>
+                          <w:autoSpaceDN w:val="0"/>
+                          <w:adjustRightInd w:val="0"/>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                </w:tbl>
+                <w:p w14:paraId="6E8A6549" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="52112F66" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidTr="00DE06F8">
+      <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="7F55F8AC" w14:textId="77777777" w:rsidTr="00CF4E33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9628" w:type="dxa"/>
-[...144 lines deleted...]
-            <w:tcW w:w="2973" w:type="dxa"/>
+            <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
-[...48 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="545EE470" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="576E722E" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4052" w:type="dxa"/>
-[...391 lines deleted...]
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="4124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C9725A" w:rsidRPr="00504502" w:rsidRDefault="00504502">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="431F3237" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1ED64A37" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bendradarbiavimas su pedagogais</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DE9D87B" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F229883" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Informuoti pedagogus apie ugdytinių specialiuosius ugdymosi poreikius, jų patiriamus sunkumus ir galias.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D41AB69" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Konsultuoti pedagogus apie darbo metodus ir būdus grupėje su vaikais turinčiais SUP.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B59C279" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Informuoti pedagogus apie ugdytinių pasiekimus ir patiriamus sunkumus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D8661F0" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.4.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dalyvauti Vaiko gerovės komisijos veikloje specialiojo ugdymo klausimais.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2768270E" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61AF0918" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4052" w:type="dxa"/>
+            <w:tcW w:w="1656" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C9725A" w:rsidRPr="00504502" w:rsidRDefault="00C9725A">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="12FCC2BA" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05C7075B" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F71E0DC" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0ECC379C" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mokslo metų eigoje.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B7E0D6D" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VGK posėdžių metu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DD5D974" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5003FC39" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43F002AE" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69A39D3B" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44D3E056" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F521F68" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C8B9C4A" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  VGK posėdžių metu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72F7B5F8" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="3860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C9725A" w:rsidRPr="00504502" w:rsidRDefault="00C9725A">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="240CEB4C" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EAB945C" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3767476B" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="102B9DFA" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pedagogai žinos apie ugdytinių turimus sutrikimus, ir  gebės juos identifikuoti.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74584BF2" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pedagogai gaus rekomendacijas ir konsultuosis dėl ugdymo metodų ir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">būdų, dirbant su vaikais turinčiais SUP. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A6671BB" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Pedagogai turės žinių apie ugdytinių pasiekimus ir jų tobulintinas sritis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="472605A6" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18B38EBE" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.4.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VGK posėdžiuose bus aptariama   ugdytinių pasiekimai ir kiti su ugdytiniais susiję klausimai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B77D5E8" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="2839217C" w14:textId="77777777" w:rsidTr="00CF4E33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2973" w:type="dxa"/>
+            <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C9725A" w:rsidRPr="00504502" w:rsidRDefault="00C9725A">
-[...66 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="2031E50F" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="352D2C9E" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4052" w:type="dxa"/>
-[...61 lines deleted...]
-            <w:tcW w:w="2973" w:type="dxa"/>
+            <w:tcW w:w="4124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="00DE06F8">
-            <w:pPr>
+          <w:p w14:paraId="21157DC5" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5086B646" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bendradarbiavimas su tėvais</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B0B6EC0" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60A494FD" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tėvų ( globėjų) informavimas apie vaiko mokymosi galimybes,  žinių lygį, pasiekimus bei nesėkmes. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24F49490" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Suteikti tėvams (globėjams) aktualios, suprantamos medžiagos apie esamą vaiko sutrikimą.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55F42C4E" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...36 lines deleted...]
-              <w:t>5.1.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Konsultuoti tėvus (globėjus) ir teikti jiems rekomendacijas apie vaiko tęstinį ugdymą namuose individualių konsultacijų metu ir el. Dienyne.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4052" w:type="dxa"/>
-[...61 lines deleted...]
-            <w:tcW w:w="2973" w:type="dxa"/>
+            <w:tcW w:w="1656" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE06F8" w:rsidRPr="00504502" w:rsidRDefault="0087102C">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="13549DEE" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="303B7506" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74053E8B" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="083D52C2" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokslo metų eigoje, individualių konsultacijų metu (pagal poreikį).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="339CA47C" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00C9725A" w:rsidRPr="00504502" w:rsidTr="00DE06F8">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="3860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C9725A" w:rsidRPr="00504502" w:rsidRDefault="00504502">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1B5EF1E1" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24720D7F" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="467C82EC" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31B78402" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tėvai reguliariai gaus rekomendacijas apie vaiko pažangą, mokymosi namuose būdus, metodus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68500642" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Tėvams bus suteikta informacija apie vaiko sutrikimą/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>us</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, sieks bendradarbiauti siekiant juos šalinti.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="610D0165" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tėvai žinos pagalbos būdų ir metodų, gebės juos taikyti namuose.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AFB5D5A" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00877E66" w:rsidRPr="00EA16BF" w14:paraId="5E457C08" w14:textId="77777777" w:rsidTr="00CF4E33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4052" w:type="dxa"/>
+            <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C9725A" w:rsidRPr="00504502" w:rsidRDefault="0087102C">
-[...15 lines deleted...]
-              <w:t>Pedagogų konsultavimas, dėl konkrečių mokymo metodų, formų, priemonių, vietos parinkimų vaikams, turintiems specialiųjų ugdymosi poreikių.</w:t>
+          <w:p w14:paraId="32C65914" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E543598" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="4124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C9725A" w:rsidRPr="00504502" w:rsidRDefault="0087102C">
-            <w:pPr>
+          <w:p w14:paraId="7F99068B" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C9D0C4A" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metodinis darbas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FED4E39" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DDEA44A" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00504502">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Kaupti, sisteminti ir skleisti naują metodinę medžiagą apie specialųjį ugdymą pedagogams, tėvams, globėjams.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1151A4F2" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5.2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tobulinti profesines kompetencijas ir žinias seminaruose mokymuose, kursuose.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04318759" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ruošti  priemones darbui su ugdytiniais.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B2213FB" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.4.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Visus metus</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Specialiojo pedagogo privalomos dokumentacijos pildymas teisės aktų nustatyta tvarka.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2973" w:type="dxa"/>
+            <w:tcW w:w="1656" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C9725A" w:rsidRPr="00504502" w:rsidRDefault="0087102C">
-[...15 lines deleted...]
-              <w:t>Bendradarbiavimas su mokytojais, dirbančiais su specialiųjų ugdymosi poreikių turinčiais vaikais.</w:t>
+          <w:p w14:paraId="65657C4B" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="015E29AF" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1471C949" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C43BD86" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nuolat mokslo metų eigoje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00C9725A" w:rsidRPr="00504502" w:rsidTr="00DE06F8">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="3860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C9725A" w:rsidRPr="00504502" w:rsidRDefault="00504502">
-[...13 lines deleted...]
-                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+          <w:p w14:paraId="7DCAB85F" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65101250" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="349B865E" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D7E8EED" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dalinamasi metodine medžiaga apie specialųjį ugdymą pedagogų ir tėvų (globėjų) tarpe.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B3DFE94" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5.2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Aktyvus dalyvavimas seminaruose, konsultacijose, konferencijose.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="645C3D7E" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.3.</w:t>
             </w:r>
-          </w:p>
-[...117 lines deleted...]
-                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Darbo priemonių kūrimas ir nuolatinis papildymas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41B000C9" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.4.</w:t>
             </w:r>
-          </w:p>
-[...1207 lines deleted...]
-                <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+            <w:r w:rsidRPr="00EA16BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sutvarkyta veiklos dokumentacija.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="181AFC15" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00CF4E33">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD" w:rsidP="007A78AD">
+    <w:p w14:paraId="2AB426E9" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidRDefault="007A78AD">
+    <w:p w14:paraId="6EFE2B2C" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="561"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007A78AD" w:rsidRPr="00504502" w:rsidSect="007711D2">
-[...2 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w14:paraId="764E756F" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parengė specialioji pedagogė Audronė </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Janulionienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="27CB25A8" w14:textId="77777777" w:rsidR="00877E66" w:rsidRPr="00EA16BF" w:rsidRDefault="00877E66" w:rsidP="00877E66"/>
+    <w:p w14:paraId="37705C73" w14:textId="77777777" w:rsidR="00877E66" w:rsidRDefault="00877E66" w:rsidP="00877E66"/>
+    <w:p w14:paraId="45999F68" w14:textId="77777777" w:rsidR="000660D5" w:rsidRDefault="000660D5"/>
+    <w:sectPr w:rsidR="000660D5">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="40606452"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0427000F">
+    <w:nsid w:val="23A3579D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E5DCBA0A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46B54FFE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="12521386"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04270019">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0427001B">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0427000F">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04270019">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0427001B">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0427000F">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04270019">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0427001B">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1402366803">
+  <w:num w:numId="1" w16cid:durableId="807668198">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="159079710">
+  <w:num w:numId="2" w16cid:durableId="850533898">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-[...1 lines deleted...]
-  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EE1990"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00F807DB"/>
+    <w:rsidRoot w:val="00877E66"/>
+    <w:rsid w:val="000660D5"/>
+    <w:rsid w:val="00857478"/>
+    <w:rsid w:val="00877E66"/>
+    <w:rsid w:val="00B70B86"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="75F08830"/>
+  <w14:docId w14:val="51AEE55A"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{85F4D2CD-2187-460C-8356-1758BCAA59C3}"/>
+  <w15:docId w15:val="{184CB36B-BCFD-4431-BB2F-61173161BF4C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4773,343 +4857,758 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat1Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat2Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat3Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat4Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat5Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat6Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat7Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat8Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat9Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
+    <w:name w:val="Antraštė 1 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat2Diagrama">
+    <w:name w:val="Antraštė 2 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
+    <w:name w:val="Antraštė 3 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat4Diagrama">
+    <w:name w:val="Antraštė 4 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat5Diagrama">
+    <w:name w:val="Antraštė 5 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat6Diagrama">
+    <w:name w:val="Antraštė 6 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat7Diagrama">
+    <w:name w:val="Antraštė 7 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat8Diagrama">
+    <w:name w:val="Antraštė 8 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat9Diagrama">
+    <w:name w:val="Antraštė 9 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PavadinimasDiagrama"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
+    <w:name w:val="Pavadinimas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pavadinimas"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PaantratDiagrama"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PaantratDiagrama">
+    <w:name w:val="Paantraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Paantrat"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citata">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="CitataDiagrama"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitataDiagrama">
+    <w:name w:val="Citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Citata"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="007A78AD"/>
+    <w:rsid w:val="00877E66"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykuspabraukimas">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
     <w:rPr>
-      <w:lang w:val="ru-RU"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Iskirtacitata">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="IskirtacitataDiagrama"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IskirtacitataDiagrama">
+    <w:name w:val="Išskirta citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Iskirtacitata"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykinuoroda">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00877E66"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="prastojilentel"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="007A78AD"/>
+    <w:rsid w:val="00877E66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...105 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -5220,70 +5719,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1741</Characters>
+  <Pages>4</Pages>
+  <Words>3256</Words>
+  <Characters>1856</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4786</CharactersWithSpaces>
+  <CharactersWithSpaces>5102</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Aistė</dc:creator>
+  <dc:creator>Jūratė Sadauskienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>