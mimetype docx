--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -1,420 +1,466 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4316C2A8" w14:textId="77777777" w:rsidR="00925D88" w:rsidRPr="001317A5" w:rsidRDefault="00925D88" w:rsidP="00925D88">
+    <w:p w14:paraId="5B368943" w14:textId="178CA56B" w:rsidR="00925D88" w:rsidRDefault="00925D88" w:rsidP="00925D88">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001317A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>PATVIRTINTA</w:t>
+        <w:t>Vilniaus lopšelio-darželio „</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64689">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Riešutėlis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001317A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ direktorės </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B368943" w14:textId="77777777" w:rsidR="00925D88" w:rsidRPr="001317A5" w:rsidRDefault="00925D88" w:rsidP="00925D88">
+    <w:p w14:paraId="59693377" w14:textId="13ADFBAD" w:rsidR="001F1DD3" w:rsidRPr="001317A5" w:rsidRDefault="001F1DD3" w:rsidP="00925D88">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001317A5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vilniaus lopšelio-darželio „Riešutėlis“ direktorės </w:t>
+        <w:t>Rūtos Gekienės</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563CAE33" w14:textId="27B007ED" w:rsidR="00925D88" w:rsidRPr="001317A5" w:rsidRDefault="00925D88" w:rsidP="00925D88">
+    <w:p w14:paraId="563CAE33" w14:textId="228E5F6B" w:rsidR="00925D88" w:rsidRPr="001317A5" w:rsidRDefault="00925D88" w:rsidP="00925D88">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001317A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00C72040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="004726BA">
+      <w:r w:rsidR="0070064C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001317A5">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0007231B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> m. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001317A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">sausio </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006370D1">
+        <w:t xml:space="preserve">m. </w:t>
+      </w:r>
+      <w:r w:rsidR="0007231B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B86962">
+        <w:t xml:space="preserve">sausio </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1DD3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001317A5">
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> d.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001317A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70F3B2B7" w14:textId="4037273C" w:rsidR="001722A4" w:rsidRPr="001317A5" w:rsidRDefault="00AC1D3A" w:rsidP="00AC1D3A">
+    <w:p w14:paraId="70F3B2B7" w14:textId="5033452C" w:rsidR="001722A4" w:rsidRPr="001317A5" w:rsidRDefault="00AC1D3A" w:rsidP="00AC1D3A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001317A5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="auto"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                </w:t>
       </w:r>
       <w:r w:rsidR="008E1548">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="auto"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">           </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0754A">
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00121A0B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="auto"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="008E1548">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="auto"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009A1542">
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00925D88" w:rsidRPr="001317A5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="auto"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
+        <w:t>Įsakymu</w:t>
+      </w:r>
+      <w:r w:rsidR="00925D88" w:rsidRPr="001317A5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00925D88" w:rsidRPr="001317A5">
+      <w:r w:rsidR="0043493E" w:rsidRPr="001317A5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="auto"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Įsakymu</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="0043493E" w:rsidRPr="001317A5">
+        <w:t>Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00121A0B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="auto"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Nr.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C0754A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1DD3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="auto"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> V-</w:t>
-[...7 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>V- 7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="501C0EAA" w14:textId="77777777" w:rsidR="001722A4" w:rsidRPr="001317A5" w:rsidRDefault="001722A4" w:rsidP="001722A4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F6B7715" w14:textId="77777777" w:rsidR="008E1548" w:rsidRPr="008E1548" w:rsidRDefault="008E1548" w:rsidP="008E1548">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38C44CFA" w14:textId="77777777" w:rsidR="001722A4" w:rsidRPr="008E1548" w:rsidRDefault="000914DB" w:rsidP="008E1548">
+    <w:p w14:paraId="38C44CFA" w14:textId="790ECCC6" w:rsidR="001722A4" w:rsidRPr="008E1548" w:rsidRDefault="000914DB" w:rsidP="008E1548">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE287D">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">VILNIAUS </w:t>
       </w:r>
       <w:r w:rsidR="00027BEA" w:rsidRPr="00EE287D">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>M.</w:t>
       </w:r>
       <w:r w:rsidR="00027BEA">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>LOPŠELIO-DARŽELIO „RIEŠUTĖLIS“</w:t>
+        <w:t>LOPŠELIO-DARŽELIO „</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64689">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>RIEŠUTĖLIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E1548">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>“</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC9DF52" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="008E1548" w:rsidRDefault="000914DB" w:rsidP="008E1548">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">MOKYKLOS VAIKO GEROVĖS KOMISIJOS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24893817" w14:textId="5FE7F54B" w:rsidR="000914DB" w:rsidRPr="008E1548" w:rsidRDefault="000914DB" w:rsidP="008E1548">
+    <w:p w14:paraId="16E06AD9" w14:textId="106395E8" w:rsidR="000914DB" w:rsidRDefault="000914DB" w:rsidP="00DA3836">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>VEIKLOS PLANAS</w:t>
       </w:r>
       <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001317A5" w:rsidRPr="008E1548">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00C72040">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="004726BA">
+      <w:r w:rsidR="0070064C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">  METAMS</w:t>
+        <w:t xml:space="preserve"> METAMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E06AD9" w14:textId="038285FA" w:rsidR="000914DB" w:rsidRDefault="000914DB" w:rsidP="008E1548">
+    <w:p w14:paraId="76B3285A" w14:textId="77777777" w:rsidR="00DA3836" w:rsidRDefault="00DA3836" w:rsidP="00DA3836">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="415A7036" w14:textId="77777777" w:rsidR="003D042D" w:rsidRPr="008E1548" w:rsidRDefault="003D042D" w:rsidP="008E1548">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A6FCE50" w14:textId="5EB24454" w:rsidR="000914DB" w:rsidRPr="008E1548" w:rsidRDefault="003D042D" w:rsidP="008E1548">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -486,476 +532,491 @@
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pirmininkė:</w:t>
       </w:r>
       <w:r w:rsidR="001317A5" w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Šarūnė Dubauskienė</w:t>
       </w:r>
       <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437B98B5" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="008E1548" w:rsidRDefault="001722A4" w:rsidP="008E1548">
+    <w:p w14:paraId="437B98B5" w14:textId="2B868BE8" w:rsidR="000914DB" w:rsidRPr="008E1548" w:rsidRDefault="001722A4" w:rsidP="008E1548">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pirmininko pavaduotoja</w:t>
       </w:r>
       <w:r w:rsidR="001317A5" w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="0043493E" w:rsidRPr="008E1548">
+      <w:r w:rsidR="00B64689">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Vilma Daugirdienė</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Vilma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B64689">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Daugirdienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000914DB" w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="779E3D47" w14:textId="75DEF059" w:rsidR="001722A4" w:rsidRPr="008E1548" w:rsidRDefault="001722A4" w:rsidP="008E1548">
+    <w:p w14:paraId="779E3D47" w14:textId="65746D20" w:rsidR="001722A4" w:rsidRPr="008E1548" w:rsidRDefault="001722A4" w:rsidP="008E1548">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Sekretorė: </w:t>
       </w:r>
+      <w:r w:rsidR="00B64689">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indrė </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009D035D">
+      <w:r w:rsidR="00B64689">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Jorinta</w:t>
+        <w:t>Zagorskienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009D035D">
+      <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Paukštytė</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA1D1B8" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="008E1548" w:rsidRDefault="001317A5" w:rsidP="008E1548">
+    <w:p w14:paraId="0CA1D1B8" w14:textId="1D209BE8" w:rsidR="000914DB" w:rsidRPr="008E1548" w:rsidRDefault="001317A5" w:rsidP="0007231B">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nariai:  Ligita </w:t>
+        <w:t xml:space="preserve">Nariai:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B64689">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Rūta Gekienė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033FA129" w14:textId="77777777" w:rsidR="00B64689" w:rsidRDefault="000914DB" w:rsidP="0004669E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5440"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1548">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00B64689">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rūta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008E1548">
+      <w:r w:rsidR="00B64689">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Sungailienė</w:t>
+        <w:t>Bukšaitienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000914DB" w:rsidRPr="008E1548">
+    </w:p>
+    <w:p w14:paraId="522EB6E2" w14:textId="119057C1" w:rsidR="00B64689" w:rsidRDefault="00B64689" w:rsidP="0004669E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5440"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>;</w:t>
-      </w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Egidija </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Putienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="36F73C50" w14:textId="2CE02600" w:rsidR="000914DB" w:rsidRPr="008E1548" w:rsidRDefault="000914DB" w:rsidP="008E1548">
+    <w:p w14:paraId="5E4A0079" w14:textId="5CD4F2CE" w:rsidR="00C31D81" w:rsidRDefault="00B64689" w:rsidP="0004669E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5440"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Laima </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Gatelienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0004669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B36791" w14:textId="0085D0C5" w:rsidR="005B10D1" w:rsidRDefault="005B10D1" w:rsidP="005B10D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E1548">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidR="000A0994">
+      <w:r w:rsidR="0007231B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rūta </w:t>
+        <w:t xml:space="preserve">Daiva </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000A0994">
+      <w:r w:rsidR="0007231B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Bukšaitienė</w:t>
+        <w:t>Volungevičienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E1548">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="45D192F1" w14:textId="068DF9F1" w:rsidR="001317A5" w:rsidRPr="008E1548" w:rsidRDefault="000914DB" w:rsidP="008E1548">
+    <w:p w14:paraId="36F73C50" w14:textId="47E839DA" w:rsidR="000914DB" w:rsidRDefault="005B10D1" w:rsidP="005B10D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E1548">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidR="000A0994">
+      <w:r w:rsidR="0070064C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Egidija </w:t>
-[...21 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>Audronė Jankauskienė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13FF0524" w14:textId="233B2DB5" w:rsidR="000914DB" w:rsidRPr="008E1548" w:rsidRDefault="001317A5" w:rsidP="008E1548">
+    <w:p w14:paraId="4A754465" w14:textId="244F8871" w:rsidR="0007231B" w:rsidRDefault="0007231B" w:rsidP="005B10D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E1548">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidR="000A0994">
+      <w:r w:rsidR="00B64689">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Renata </w:t>
+        <w:t xml:space="preserve">Ligita </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000A0994">
+      <w:r w:rsidR="00B64689">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Golovnia</w:t>
+        <w:t>Sungailienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000914DB" w:rsidRPr="008E1548">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79DBA618" w14:textId="77777777" w:rsidR="004726BA" w:rsidRDefault="0043493E" w:rsidP="008E1548">
+    <w:p w14:paraId="547026EC" w14:textId="58F87C93" w:rsidR="000914DB" w:rsidRPr="008E1548" w:rsidRDefault="0007231B" w:rsidP="008E1548">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E1548">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">            </w:t>
-[...86 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">           </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D3E1FD2" w14:textId="77F436DC" w:rsidR="003D042D" w:rsidRPr="008E1548" w:rsidRDefault="003D042D" w:rsidP="008E1548">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">II. </w:t>
@@ -1099,105 +1160,123 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00027BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gabumų) pirminį įvertinimą ir teikia siūlymą direktoriui dėl specialiojo ugdymo šiems vaikams skyrimo LR švietimo ir m</w:t>
       </w:r>
       <w:r w:rsidR="0080682A" w:rsidRPr="00027BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>okslo ministro nustatyta tvarka;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07CC366A" w14:textId="01E35D62" w:rsidR="0080682A" w:rsidRPr="00027BEA" w:rsidRDefault="000914DB" w:rsidP="003D042D">
+    <w:p w14:paraId="07CC366A" w14:textId="685D2D33" w:rsidR="0080682A" w:rsidRPr="00027BEA" w:rsidRDefault="000914DB" w:rsidP="003D042D">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080682A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>Teikia rekomendaciją pedagogams, tėvams (globėjams) dėl specialiojo ugdymo būdų,</w:t>
+        <w:t xml:space="preserve">Teikia rekomendaciją </w:t>
+      </w:r>
+      <w:r w:rsidR="0007231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>mokytojams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0080682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>, tėvams (globėjams) dėl specialiojo ugdymo būdų,</w:t>
       </w:r>
       <w:r w:rsidR="003D042D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0080682A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">metodų </w:t>
       </w:r>
       <w:r w:rsidRPr="00027BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>trukmės pritaikymo;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405029CB" w14:textId="225C66C2" w:rsidR="000914DB" w:rsidRPr="0080682A" w:rsidRDefault="000914DB" w:rsidP="003D042D">
+    <w:p w14:paraId="5E602DCE" w14:textId="65383D61" w:rsidR="0080682A" w:rsidRDefault="000914DB" w:rsidP="0080682A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080682A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įvykus krizei lopšelyje – darželyje </w:t>
       </w:r>
@@ -1236,187 +1315,214 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>, sutrikdančiam įprastą įstaigos</w:t>
       </w:r>
       <w:r w:rsidR="007B4C62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0080682A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>bendruomenės ar atskirų  jos narių  veiklą, emociškai  sukrečiančiam  visą ar  didesnę  įstaigos bendruomenės  dalį, organizuoja krizės  valdymo priemones.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E602DCE" w14:textId="77777777" w:rsidR="0080682A" w:rsidRDefault="0080682A" w:rsidP="0080682A">
+    <w:p w14:paraId="0A9A16C1" w14:textId="77777777" w:rsidR="00DA3836" w:rsidRDefault="00DA3836" w:rsidP="00DA3836">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FC51BB9" w14:textId="77777777" w:rsidR="00DA3836" w:rsidRDefault="00DA3836" w:rsidP="00DA3836">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="294F638B" w14:textId="77777777" w:rsidR="00DA3836" w:rsidRPr="00DA3836" w:rsidRDefault="00DA3836" w:rsidP="00DA3836">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ACA289B" w14:textId="19DBC3B7" w:rsidR="0080682A" w:rsidRDefault="000914DB" w:rsidP="0080682A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1548">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="008E1548">
+        <w:t>III. MVGK ve</w:t>
+      </w:r>
+      <w:r w:rsidR="00697FB8" w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>III. MVGK ve</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00697FB8" w:rsidRPr="008E1548">
+        <w:t xml:space="preserve">iklos tikslas </w:t>
+      </w:r>
+      <w:r w:rsidR="0080682A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">iklos tikslas </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0080682A">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00C72040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C72040">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0070064C" w:rsidRPr="0070064C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lt-LT"/>
-[...11 lines deleted...]
-        <w:t>4</w:t>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> metams</w:t>
       </w:r>
       <w:r w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="288483F3" w14:textId="77777777" w:rsidR="0080682A" w:rsidRDefault="0080682A" w:rsidP="0080682A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28BD9A07" w14:textId="7F89F3EB" w:rsidR="0080682A" w:rsidRDefault="0080682A" w:rsidP="00C0754A">
+    <w:p w14:paraId="7EC6B93F" w14:textId="67575C07" w:rsidR="0043493E" w:rsidRPr="008E1548" w:rsidRDefault="0080682A" w:rsidP="00F15F44">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15F44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tikslas</w:t>
       </w:r>
       <w:r w:rsidR="0043493E" w:rsidRPr="00F15F44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="0043493E" w:rsidRPr="008E1548">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD5D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1430,50 +1536,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>rganizuoti ir koordinuoti prevencinį darbą, švietimo pagalbos teikimą, saugios ir palankios vaiko ugdymui aplinkos kūrimą,</w:t>
       </w:r>
       <w:r w:rsidR="000045E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> krizių valdymą,</w:t>
       </w:r>
       <w:r w:rsidR="00FD5D9E" w:rsidRPr="00FD5D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> švietimo programų pritaikymą vaikams, turintiems specialiųjų ugdymosi poreikių, atlikti vaiko specialiųjų ugdymosi poreikių pirminį įvertinimą ir atlikti kitas su vaiko gerove susijusias funkcijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BD9A07" w14:textId="77777777" w:rsidR="0080682A" w:rsidRDefault="0043493E" w:rsidP="008E1548">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1548">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCAC701" w14:textId="154A49A9" w:rsidR="0080682A" w:rsidRPr="00F15F44" w:rsidRDefault="0080682A" w:rsidP="0080682A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15F44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
@@ -1543,95 +1672,113 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0043493E" w:rsidRPr="0080682A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>) poreikių vaikų identifikavimą, visapusišką jų poreikių tenkinimą.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A4D2FD3" w14:textId="1D7DE99C" w:rsidR="00B933DD" w:rsidRDefault="00B933DD" w:rsidP="00BA4082">
+    <w:p w14:paraId="1A4D2FD3" w14:textId="42EFF436" w:rsidR="00B933DD" w:rsidRDefault="00B933DD" w:rsidP="00BA4082">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B933DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>Organizuoti ir koordinuoti pedagogų ir specialistų komandos bendradarbiavimą, pritaikant švietimo programas vaikams, turintiems specialiųjų ugdymosi poreikių</w:t>
+        <w:t xml:space="preserve">Organizuoti ir koordinuoti </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3836">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B933DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir specialistų komandos bendradarbiavimą, pritaikant švietimo programas vaikams, turintiems specialiųjų ugdymosi poreikių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00146FF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E26D530" w14:textId="7D18D800" w:rsidR="0080682A" w:rsidRPr="005E0798" w:rsidRDefault="00BA4082" w:rsidP="005E0798">
+    <w:p w14:paraId="0E26D530" w14:textId="27BEE59C" w:rsidR="0080682A" w:rsidRPr="005E0798" w:rsidRDefault="00BA4082" w:rsidP="005E0798">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA4082">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Organizuoti </w:t>
       </w:r>
       <w:r w:rsidR="00EE287D">
@@ -1684,122 +1831,158 @@
       <w:r w:rsidR="005E0798" w:rsidRPr="005E0798">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>, specialiąją</w:t>
       </w:r>
       <w:r w:rsidR="005E0798">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E0798" w:rsidRPr="005E0798">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>pedagoginę, informacinę ir kitą pagalbą ugdytiniams, pedagogams.</w:t>
+        <w:t xml:space="preserve">pedagoginę, informacinę ir kitą pagalbą ugdytiniams, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3836">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>mokytojams.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7B371A" w14:textId="75CD1279" w:rsidR="0080682A" w:rsidRDefault="00EE287D" w:rsidP="00EE287D">
+    <w:p w14:paraId="1A7B371A" w14:textId="10CADFCF" w:rsidR="0080682A" w:rsidRDefault="00EE287D" w:rsidP="00EE287D">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE287D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>Konsultuoti tėvus (globėjus, rūpintojus) ir pedagogus vaikų ugdymo organizavimo, švietimo pagalbos teikimo, socialinės gerovės, tinkamo elgesio, saugumo užtikrinimo klaus</w:t>
+        <w:t xml:space="preserve">Konsultuoti tėvus (globėjus, rūpintojus) ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3836">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>mokytojus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE287D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaikų ugdymo organizavimo, švietimo pagalbos teikimo, socialinės gerovės, tinkamo elgesio, saugumo užtikrinimo klaus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE287D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mais.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0043493E" w:rsidRPr="00EE287D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>Stiprinti tėvų, bendravimą ir bendradarbiavimą su įstaigoje dirbančiais aukl</w:t>
+        <w:t xml:space="preserve">Stiprinti tėvų, bendravimą ir bendradarbiavimą su įstaigoje dirbančiais </w:t>
+      </w:r>
+      <w:r w:rsidR="0007231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>mokytojais</w:t>
       </w:r>
       <w:r w:rsidR="003F10F5" w:rsidRPr="00EE287D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>ėtojais,  kitais  specialistais.</w:t>
+        <w:t>,  kitais  specialistais.</w:t>
       </w:r>
       <w:r w:rsidR="0043493E" w:rsidRPr="00EE287D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574AB274" w14:textId="4FC65B56" w:rsidR="00EE287D" w:rsidRDefault="00EE287D" w:rsidP="00EE287D">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
@@ -1873,50 +2056,115 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE287D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Formuoti vaikų sveikos gyvensenos nuostatas ir vertybes, dalyvaujant įvairiuose projektuose, akcijose, konkursuose.</w:t>
       </w:r>
       <w:r w:rsidR="0043493E" w:rsidRPr="00EE287D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F97ED95" w14:textId="3FEA3341" w:rsidR="000914DB" w:rsidRDefault="000914DB" w:rsidP="000914DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C570E69" w14:textId="77777777" w:rsidR="00B64689" w:rsidRDefault="00B64689" w:rsidP="000914DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DF1EB38" w14:textId="77777777" w:rsidR="00B64689" w:rsidRDefault="00B64689" w:rsidP="000914DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70D0C7F2" w14:textId="77777777" w:rsidR="00B64689" w:rsidRDefault="00B64689" w:rsidP="000914DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B4DEA92" w14:textId="77777777" w:rsidR="00B64689" w:rsidRDefault="00B64689" w:rsidP="000914DB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1058B060" w14:textId="77777777" w:rsidR="00B64689" w:rsidRDefault="00B64689" w:rsidP="000914DB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16BD2739" w14:textId="73C9B85A" w:rsidR="00E73444" w:rsidRPr="00E73444" w:rsidRDefault="00E73444" w:rsidP="000914DB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
@@ -1948,51 +2196,54 @@
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="9646" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="600"/>
         <w:gridCol w:w="3790"/>
         <w:gridCol w:w="1790"/>
         <w:gridCol w:w="1940"/>
         <w:gridCol w:w="1526"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000914DB" w:rsidRPr="001317A5" w14:paraId="00424B91" w14:textId="77777777" w:rsidTr="00F15F44">
+      <w:tr w:rsidR="000914DB" w:rsidRPr="001317A5" w14:paraId="00424B91" w14:textId="77777777" w:rsidTr="00DA3836">
+        <w:trPr>
+          <w:trHeight w:val="641"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62824565" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="00F15F44" w:rsidRDefault="000914DB" w:rsidP="00F15F44">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F15F44">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2194,78 +2445,78 @@
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Mokyklos vaiko gerovės komisijos (MVGK) darbo reglamento aptarimas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0273DB05" w14:textId="696B0F51" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="0043493E" w:rsidP="00000BDC">
+          <w:p w14:paraId="0273DB05" w14:textId="7732630D" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="0043493E" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00915000">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="000914DB" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>-01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31A600FB" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
@@ -2300,51 +2551,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000914DB" w:rsidRPr="001317A5" w14:paraId="317CA935" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71C1DBD9" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="351C0E57" w14:textId="7E624DA6" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
@@ -2353,51 +2603,51 @@
             </w:r>
             <w:r w:rsidR="004217BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>avimas</w:t>
             </w:r>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> MVGK posėdžius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="105EF8D9" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
+          <w:p w14:paraId="105EF8D9" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00DA3836">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>1-2 kartus į ketvirtį</w:t>
             </w:r>
             <w:r w:rsidR="0043493E" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir pagal poreikį</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2454,51 +2704,51 @@
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC2844A" w14:textId="4AAA4553" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="004217BB" w:rsidP="0043493E">
+          <w:p w14:paraId="7EC2844A" w14:textId="4AAA4553" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="004217BB" w:rsidP="00DA3836">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="0043493E" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
@@ -2628,104 +2878,113 @@
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="075A0326" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1341A4" w14:textId="68C2342E" w:rsidR="009815B9" w:rsidRDefault="000914DB" w:rsidP="009815B9">
+          <w:p w14:paraId="50FC5090" w14:textId="778E00BF" w:rsidR="00DA3836" w:rsidRDefault="000914DB" w:rsidP="00DA3836">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>MVGK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23376A73" w14:textId="477E1B6D" w:rsidR="009815B9" w:rsidRPr="001317A5" w:rsidRDefault="009815B9" w:rsidP="009815B9">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="23376A73" w14:textId="4C41DBE4" w:rsidR="009815B9" w:rsidRPr="001317A5" w:rsidRDefault="00DA3836" w:rsidP="00DA3836">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FFB869C" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004217BB" w:rsidRPr="001317A5" w14:paraId="5D61278B" w14:textId="77777777" w:rsidTr="00EE287D">
+      <w:tr w:rsidR="004217BB" w:rsidRPr="0070064C" w14:paraId="5D61278B" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="465076A8" w14:textId="1CA96DFB" w:rsidR="004217BB" w:rsidRPr="001317A5" w:rsidRDefault="004217BB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
@@ -2756,128 +3015,146 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Vilniaus miesto</w:t>
             </w:r>
             <w:r w:rsidRPr="004217BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> PPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45355947" w14:textId="4EA852A4" w:rsidR="004217BB" w:rsidRPr="001317A5" w:rsidRDefault="004217BB" w:rsidP="00000BDC">
+          <w:p w14:paraId="45355947" w14:textId="4E143C23" w:rsidR="004217BB" w:rsidRPr="001317A5" w:rsidRDefault="004217BB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="003B40D9">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00002996">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>09/10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AAEC12D" w14:textId="294939B2" w:rsidR="00002996" w:rsidRPr="001317A5" w:rsidRDefault="004217BB" w:rsidP="00002996">
+          <w:p w14:paraId="2AAEC12D" w14:textId="327C20F9" w:rsidR="00002996" w:rsidRPr="001317A5" w:rsidRDefault="004217BB" w:rsidP="00002996">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>MVGK</w:t>
             </w:r>
             <w:r w:rsidR="00C033E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>, Logopedė, Psichologė</w:t>
+              <w:t>, Logopedė</w:t>
+            </w:r>
+            <w:r w:rsidR="00E576E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00C033E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, Psichologė</w:t>
             </w:r>
             <w:r w:rsidR="00002996">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>, Socialinė pedagogė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D35A0A9" w14:textId="77777777" w:rsidR="004217BB" w:rsidRPr="001317A5" w:rsidRDefault="004217BB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -2905,165 +3182,185 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r w:rsidR="000914DB" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="771983A8" w14:textId="272AFEB7" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
+          <w:p w14:paraId="771983A8" w14:textId="64AFAB97" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>MVGK veiklos ataskait</w:t>
             </w:r>
             <w:r w:rsidR="004217BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>os parengimas</w:t>
             </w:r>
             <w:r w:rsidR="009D4AE9" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir naujo plano</w:t>
             </w:r>
             <w:r w:rsidR="00FB119E" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
-            <w:r w:rsidR="004217BB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="004217BB" w:rsidRPr="0007231B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00AF2026">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">4 </w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF2026" w:rsidRPr="0007231B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FB119E" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>m. sudarymas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28DCAFEE" w14:textId="35035BC0" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="009D4AE9" w:rsidP="00000BDC">
+          <w:p w14:paraId="28DCAFEE" w14:textId="23DB3D18" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="009D4AE9" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
             <w:r w:rsidR="003B40D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>4-</w:t>
+              <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="000914DB" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35560684" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
@@ -3176,87 +3473,87 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Visuotinis darbuotojų susirinkimas, supažindinant su naujais vaiko teises ir gerovę reglamentuojančiais aktais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03E133DF" w14:textId="25B36845" w:rsidR="00091090" w:rsidRPr="00AC0B9D" w:rsidRDefault="00D63040" w:rsidP="00000BDC">
+          <w:p w14:paraId="03E133DF" w14:textId="0F9DCFFA" w:rsidR="00091090" w:rsidRPr="00AC0B9D" w:rsidRDefault="00D63040" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="003B40D9">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="718FAB7B" w14:textId="114E3A72" w:rsidR="00091090" w:rsidRPr="00AC0B9D" w:rsidRDefault="00D63040" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -3453,50 +3750,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00066032" w:rsidRPr="001317A5" w14:paraId="1C4D0303" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F8145F1" w14:textId="235ED021" w:rsidR="00066032" w:rsidRDefault="003A7F59" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D64FC2E" w14:textId="4B6719CB" w:rsidR="00066032" w:rsidRPr="00AC0B9D" w:rsidRDefault="00066032" w:rsidP="00FB119E">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00066032">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
@@ -3517,90 +3815,70 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F39D5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71208B35" w14:textId="4354650F" w:rsidR="003A1D2A" w:rsidRPr="00EE4F61" w:rsidRDefault="005F39D5" w:rsidP="00000BDC">
+          <w:p w14:paraId="71208B35" w14:textId="2ABD41D4" w:rsidR="003A1D2A" w:rsidRPr="00EE4F61" w:rsidRDefault="003A1D2A" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Psicholog</w:t>
-[...19 lines deleted...]
-              <w:t>, Švietimo pagalbos specialistai</w:t>
+              <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="088974A8" w14:textId="77777777" w:rsidR="00066032" w:rsidRPr="001317A5" w:rsidRDefault="00066032" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00456569" w:rsidRPr="001317A5" w14:paraId="166106C6" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
@@ -3657,124 +3935,144 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Akcija skirta tarptautinei „Tolerancijos dienai“ </w:t>
             </w:r>
             <w:r w:rsidR="00A1334E" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>minėti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05B07C0C" w14:textId="3B231B73" w:rsidR="00456569" w:rsidRPr="00AC0B9D" w:rsidRDefault="00617CB9" w:rsidP="00000BDC">
+          <w:p w14:paraId="05B07C0C" w14:textId="2567715A" w:rsidR="00456569" w:rsidRPr="00AC0B9D" w:rsidRDefault="00617CB9" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00EB7A50">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E938B3C" w14:textId="2F3E9336" w:rsidR="00456569" w:rsidRPr="00AC0B9D" w:rsidRDefault="00617CB9" w:rsidP="00000BDC">
+          <w:p w14:paraId="5E938B3C" w14:textId="4C268E07" w:rsidR="00456569" w:rsidRPr="00AC0B9D" w:rsidRDefault="00617CB9" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Grupių pedagogai, Psichologė</w:t>
+              <w:t xml:space="preserve">Grupių </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3836">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>mokytojai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0B9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, Psichologė</w:t>
             </w:r>
             <w:r w:rsidR="003A1D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>, Socialinė pedagogė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D516372" w14:textId="77777777" w:rsidR="00456569" w:rsidRPr="001317A5" w:rsidRDefault="00456569" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
@@ -3812,51 +4110,51 @@
             </w:r>
             <w:r w:rsidR="003A7F59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="000914DB" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D60827A" w14:textId="3C4EEE74" w:rsidR="000914DB" w:rsidRDefault="000914DB" w:rsidP="00FB119E">
+          <w:p w14:paraId="0D60827A" w14:textId="7396D5A5" w:rsidR="000914DB" w:rsidRDefault="000914DB" w:rsidP="00FB119E">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Dalyva</w:t>
             </w:r>
             <w:r w:rsidR="000F0F33" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -3872,124 +4170,111 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">prevencinių renginių: </w:t>
             </w:r>
             <w:r w:rsidR="002A2E72" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidR="001577CD" w:rsidRPr="001577CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">Skaitau </w:t>
-[...10 lines deleted...]
-              <w:t>knygelę – atrandu jausmų pasaulį..</w:t>
+              <w:t>Skaitau knygelę – atrandu jausmų pasaulį..</w:t>
             </w:r>
             <w:r w:rsidR="00045603" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="000816DF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
+            <w:r w:rsidR="00E576E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „Su knyga į kalbos kelionę“; „Pyragų diena“; </w:t>
+            </w:r>
             <w:r w:rsidR="003A572E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> „Globojame gyvūnus“</w:t>
+              <w:t>„Globojame gyvūnus“</w:t>
+            </w:r>
+            <w:r w:rsidR="00E576E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="00917992">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> „Rieda ratai - </w:t>
-[...21 lines deleted...]
-              <w:t>“; „Gelbėkit vaikus“ solidarumo bėgimas</w:t>
+              <w:t>„Gelbėkit vaikus“ solidarumo bėgimas</w:t>
             </w:r>
             <w:r w:rsidR="00580F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="00580F7B" w:rsidRPr="00580F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Draugystės juosta „Mes – pasaulio vaikai“</w:t>
             </w:r>
             <w:r w:rsidR="00580F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -4007,219 +4292,237 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>„Aš ir mano šeima“</w:t>
             </w:r>
             <w:r w:rsidR="00EE4F61">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00FA34A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Pasaulinė pliušinė meškiuko diena</w:t>
             </w:r>
+            <w:r w:rsidR="00DA3836">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>; Pasaulinė gerumo diena ir t.t.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="438A5972" w14:textId="1F410435" w:rsidR="000816DF" w:rsidRPr="00AC0B9D" w:rsidRDefault="000816DF" w:rsidP="000816DF">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000816DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Prevencinė veikla apie alkoholio, tabako, psichik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ą </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000816DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>veikiančių medžiagų vartojimo žalą</w:t>
+            </w:r>
+            <w:r w:rsidR="0074304E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, taip </w:t>
+            </w:r>
+            <w:r w:rsidR="00C62FAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pat </w:t>
+            </w:r>
+            <w:r w:rsidR="0074304E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">smurto ir patyčių </w:t>
+            </w:r>
+            <w:r w:rsidR="003F2B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>prevencija</w:t>
+            </w:r>
+            <w:r w:rsidR="00C62FAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D964980" w14:textId="27FA9D84" w:rsidR="000914DB" w:rsidRPr="00AC0B9D" w:rsidRDefault="005B03E4" w:rsidP="00000BDC">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0B9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Visus mokslo metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="798E7A3B" w14:textId="7E79A9B6" w:rsidR="001577CD" w:rsidRPr="00AC0B9D" w:rsidRDefault="004D539C" w:rsidP="00000BDC">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0B9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grupių </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3836">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>mokytojai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0B9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:r w:rsidR="00C93EBF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...165 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
               <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
             <w:r w:rsidR="001577CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>, MVGK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69F41541" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
@@ -4336,124 +4639,144 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>e patyčių</w:t>
             </w:r>
             <w:r w:rsidR="00B906C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0857C3F2" w14:textId="541A40E6" w:rsidR="0030502B" w:rsidRPr="00AC0B9D" w:rsidRDefault="003651D2" w:rsidP="00000BDC">
+          <w:p w14:paraId="0857C3F2" w14:textId="63C5C25C" w:rsidR="0030502B" w:rsidRPr="00AC0B9D" w:rsidRDefault="003651D2" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC13A6">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A04CD1E" w14:textId="35F70DED" w:rsidR="0030502B" w:rsidRPr="00AC0B9D" w:rsidRDefault="003651D2" w:rsidP="00000BDC">
+          <w:p w14:paraId="2A04CD1E" w14:textId="37B69E7D" w:rsidR="0030502B" w:rsidRPr="00AC0B9D" w:rsidRDefault="003651D2" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Grupių pedagogai, Psichologė</w:t>
+              <w:t xml:space="preserve">Grupių </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3836">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>mokytojai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0B9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, Psichologė</w:t>
             </w:r>
             <w:r w:rsidR="00C93EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>, Socialinė pedagogė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="153DC634" w14:textId="77777777" w:rsidR="0030502B" w:rsidRPr="001317A5" w:rsidRDefault="0030502B" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
@@ -4561,135 +4884,165 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">“ </w:t>
             </w:r>
             <w:r w:rsidR="00A94E74" w:rsidRPr="00A94E74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Darželinukai (5-7 m.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D37E01A" w14:textId="2AE104DB" w:rsidR="00B906C2" w:rsidRPr="00AC0B9D" w:rsidRDefault="00A94E74" w:rsidP="00000BDC">
+          <w:p w14:paraId="7D37E01A" w14:textId="7F104701" w:rsidR="00B906C2" w:rsidRPr="00AC0B9D" w:rsidRDefault="00A94E74" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00BC13A6">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="639D51B6" w14:textId="5247915F" w:rsidR="00B906C2" w:rsidRPr="00AC0B9D" w:rsidRDefault="00A94E74" w:rsidP="00000BDC">
+          <w:p w14:paraId="639D51B6" w14:textId="3E9B3A9E" w:rsidR="00B906C2" w:rsidRPr="00AC0B9D" w:rsidRDefault="00A94E74" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Priešmokyklinių grupių pedagogai, Tėvai,     Psich</w:t>
+              <w:t xml:space="preserve">Priešmokyklinių grupių </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3836">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>mokytojai</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, Tėvai,     Psich</w:t>
             </w:r>
             <w:r w:rsidR="00C93EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>logė</w:t>
+            </w:r>
+            <w:r w:rsidR="006E0461">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, Socialinė pedagogė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25548E28" w14:textId="77777777" w:rsidR="00B906C2" w:rsidRPr="001317A5" w:rsidRDefault="00B906C2" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00053F82" w:rsidRPr="001317A5" w14:paraId="4D98F72A" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
@@ -4827,188 +5180,209 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>ė</w:t>
             </w:r>
             <w:r w:rsidR="00245AA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>ti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14F1DE89" w14:textId="0811851A" w:rsidR="00053F82" w:rsidRPr="00AC0B9D" w:rsidRDefault="00FF31CE" w:rsidP="00000BDC">
+          <w:p w14:paraId="14F1DE89" w14:textId="2421D507" w:rsidR="00053F82" w:rsidRPr="00AC0B9D" w:rsidRDefault="00FF31CE" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC13A6">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-0</w:t>
             </w:r>
             <w:r w:rsidR="003627EF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3/04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF2D9D4" w14:textId="7508A1D1" w:rsidR="00053F82" w:rsidRPr="00AC0B9D" w:rsidRDefault="00FF31CE" w:rsidP="00000BDC">
+          <w:p w14:paraId="1DF2D9D4" w14:textId="2969B6EB" w:rsidR="00053F82" w:rsidRPr="00AC0B9D" w:rsidRDefault="00FF31CE" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grupių pedagogai, </w:t>
+              <w:t xml:space="preserve">Grupių </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3836">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>mokytojai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0B9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="003627EF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="089B6C5E" w14:textId="77777777" w:rsidR="00053F82" w:rsidRPr="001317A5" w:rsidRDefault="00053F82" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000914DB" w:rsidRPr="001317A5" w14:paraId="4CD7C85C" w14:textId="77777777" w:rsidTr="00EE287D">
+      <w:tr w:rsidR="000914DB" w:rsidRPr="0070064C" w14:paraId="4CD7C85C" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EA9BC63" w14:textId="7E71326F" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="000914DB" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10AD03D3" w14:textId="3029FB73" w:rsidR="000914DB" w:rsidRPr="00AC0B9D" w:rsidRDefault="00537E39" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
@@ -5068,91 +5442,101 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FAD99EB" w14:textId="24633DA2" w:rsidR="000914DB" w:rsidRPr="00AC0B9D" w:rsidRDefault="00537E39" w:rsidP="00000BDC">
+          <w:p w14:paraId="1FAD99EB" w14:textId="7B5C1FF3" w:rsidR="000914DB" w:rsidRPr="00AC0B9D" w:rsidRDefault="00537E39" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Visuomenės sveikatos specialistė</w:t>
             </w:r>
             <w:r w:rsidR="000914DB" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Grupių pedagogai</w:t>
+              <w:t xml:space="preserve"> Grupių </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3836">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>mokytojai</w:t>
             </w:r>
             <w:r w:rsidR="001A1985" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61F69C51" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
@@ -5190,73 +5574,63 @@
             </w:r>
             <w:r w:rsidR="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45014FE4" w14:textId="1CC377DC" w:rsidR="000914DB" w:rsidRPr="00AC0B9D" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
+          <w:p w14:paraId="45014FE4" w14:textId="0C7FFBFA" w:rsidR="000914DB" w:rsidRPr="00AC0B9D" w:rsidRDefault="00945D3C" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r w:rsidR="00945D3C" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Vaikų sveikatos priežiūros organizavimas, sveikatos ugdymo programų įgyvendinimas, dalyvavimas sveikatos ugdymo ir fizinio aktyvumo projektuose, konkursuose, akcijose ir kituose renginiuose, šių renginių organizavima</w:t>
             </w:r>
             <w:r w:rsidR="00945BEA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
@@ -5334,51 +5708,50 @@
         <w:trPr>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69465F12" w14:textId="6961DE90" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
@@ -5427,81 +5800,91 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B124E52" w14:textId="19218BFF" w:rsidR="00F31B3F" w:rsidRPr="00AC0B9D" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
+          <w:p w14:paraId="2B124E52" w14:textId="49994E76" w:rsidR="00F31B3F" w:rsidRPr="00AC0B9D" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>MVGK</w:t>
             </w:r>
             <w:r w:rsidR="00F31B3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>, Psichologė</w:t>
+            </w:r>
+            <w:r w:rsidR="00116C82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, Socialinė pedagogė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78537055" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000914DB" w:rsidRPr="001317A5" w14:paraId="026B9F30" w14:textId="77777777" w:rsidTr="0080279E">
         <w:trPr>
           <w:trHeight w:val="2404"/>
@@ -5740,86 +6123,86 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E00E830" w14:textId="77777777" w:rsidR="00F31B3F" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
-[...1 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+          <w:p w14:paraId="7E00E830" w14:textId="77777777" w:rsidR="00F31B3F" w:rsidRDefault="000914DB" w:rsidP="00DA3836">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>MVGK</w:t>
             </w:r>
             <w:r w:rsidR="00F31B3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A0699F6" w14:textId="04925CDB" w:rsidR="000914DB" w:rsidRPr="00AC0B9D" w:rsidRDefault="00F31B3F" w:rsidP="00000BDC">
-[...1 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+          <w:p w14:paraId="4A0699F6" w14:textId="04925CDB" w:rsidR="000914DB" w:rsidRPr="00AC0B9D" w:rsidRDefault="00F31B3F" w:rsidP="00DA3836">
+            <w:pPr>
+              <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
@@ -6253,160 +6636,183 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>kai žinau</w:t>
             </w:r>
             <w:r w:rsidR="0004458A" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AC91293" w14:textId="675DAD08" w:rsidR="00FB119E" w:rsidRPr="00AC0B9D" w:rsidRDefault="00FB119E" w:rsidP="0004458A">
+          <w:p w14:paraId="6AC91293" w14:textId="40574C38" w:rsidR="00FB119E" w:rsidRPr="00AC0B9D" w:rsidRDefault="00FB119E" w:rsidP="0004458A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0004458A" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC13A6">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="0004458A" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-04</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EDA9128" w14:textId="77777777" w:rsidR="00FB119E" w:rsidRPr="00AC0B9D" w:rsidRDefault="00FB119E" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61FF79D4" w14:textId="32053302" w:rsidR="0004458A" w:rsidRPr="00AC0B9D" w:rsidRDefault="000914DB" w:rsidP="0004458A">
+          <w:p w14:paraId="61FF79D4" w14:textId="60DB42EC" w:rsidR="0004458A" w:rsidRDefault="000914DB" w:rsidP="0004458A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>MVGK</w:t>
             </w:r>
             <w:r w:rsidR="0004458A" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>,      Grupių pedagogai</w:t>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D6129B2" w14:textId="587C6788" w:rsidR="00DA3836" w:rsidRPr="00AC0B9D" w:rsidRDefault="00DA3836" w:rsidP="0004458A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20F1B31A" w14:textId="4B4F1679" w:rsidR="000914DB" w:rsidRPr="00AC0B9D" w:rsidRDefault="000914DB" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7370B44C" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
@@ -6549,81 +6955,101 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72859905" w14:textId="1993AB13" w:rsidR="000914DB" w:rsidRPr="00AC0B9D" w:rsidRDefault="004D539C" w:rsidP="00000BDC">
+          <w:p w14:paraId="72859905" w14:textId="6D83AED4" w:rsidR="000914DB" w:rsidRPr="00AC0B9D" w:rsidRDefault="004D539C" w:rsidP="009562FA">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Grupių </w:t>
             </w:r>
             <w:r w:rsidR="003D257C" w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> pedagogai, </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009562FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>mokytojai</w:t>
+            </w:r>
+            <w:r w:rsidR="003D257C" w:rsidRPr="00AC0B9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00327446">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A4C5253" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="00000BDC">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
@@ -6658,50 +7084,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72C0EF49" w14:textId="64F3B4A0" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>21</w:t>
             </w:r>
             <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5B1BC55F" w14:textId="1202BCAE" w:rsidR="004D539C" w:rsidRPr="00AC0B9D" w:rsidRDefault="007D28E6" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -6889,71 +7316,81 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD3009B" w14:textId="77777777" w:rsidR="004D539C" w:rsidRPr="00AC0B9D" w:rsidRDefault="004D539C" w:rsidP="004D539C">
+          <w:p w14:paraId="7CD3009B" w14:textId="00385675" w:rsidR="004D539C" w:rsidRPr="00AC0B9D" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0B9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Įstaigos bendruomenė</w:t>
+            </w:r>
+            <w:r w:rsidR="00750ABC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="45CB3AA9" w14:textId="77777777" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="20964515" w14:textId="77777777" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
@@ -7027,91 +7464,91 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Respublikinės metodinės-praktinės konferencijos organizavimas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74B781A0" w14:textId="6E4B08C4" w:rsidR="00207A88" w:rsidRPr="00AC0B9D" w:rsidRDefault="00A64D61" w:rsidP="004D539C">
+          <w:p w14:paraId="74B781A0" w14:textId="41E5CE6E" w:rsidR="00207A88" w:rsidRPr="00AC0B9D" w:rsidRDefault="00A64D61" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC13A6">
-[...7 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
             <w:r w:rsidR="00566974">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -7137,50 +7574,223 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Įstaigos bendruomenė</w:t>
             </w:r>
             <w:r w:rsidR="00566974">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>, MVGK, Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F9CBE5E" w14:textId="77777777" w:rsidR="00207A88" w:rsidRPr="001317A5" w:rsidRDefault="00207A88" w:rsidP="004D539C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="444444"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E0461" w:rsidRPr="001317A5" w14:paraId="2F97A52F" w14:textId="77777777" w:rsidTr="00EE287D">
+        <w:trPr>
+          <w:trHeight w:val="1365"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="292A9322" w14:textId="07B60D03" w:rsidR="006E0461" w:rsidRPr="006E0461" w:rsidRDefault="006E0461" w:rsidP="004D539C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="615B493B" w14:textId="6D2BC40D" w:rsidR="006E0461" w:rsidRPr="006E0461" w:rsidRDefault="006E0461" w:rsidP="004D539C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prevencinės programos „Esame saugūs“ įgyvendinimas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007231B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6-7 m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>etų amžiaus vaikų grupėse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06153A06" w14:textId="3F3DF1D8" w:rsidR="006E0461" w:rsidRPr="006E0461" w:rsidRDefault="0070064C" w:rsidP="004D539C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Žiema - p</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>avasaris</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="775FA6A2" w14:textId="2B47BF6C" w:rsidR="006E0461" w:rsidRPr="0070064C" w:rsidRDefault="007425D3" w:rsidP="004D539C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Psichologė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B88865F" w14:textId="77777777" w:rsidR="006E0461" w:rsidRPr="001317A5" w:rsidRDefault="006E0461" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D539C" w:rsidRPr="001317A5" w14:paraId="4A37C796" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9646" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="4BB3C274" w14:textId="77777777" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -7203,78 +7813,77 @@
             </w:r>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> SPECIALUS UGDYMAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B109C" w:rsidRPr="001317A5" w14:paraId="69F7E601" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:trPr>
           <w:trHeight w:val="1320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13424AAF" w14:textId="254EFD32" w:rsidR="004B109C" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
+          <w:p w14:paraId="13424AAF" w14:textId="58ED4EAE" w:rsidR="004B109C" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00207A88">
-[...6 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="007425D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7137E5C0" w14:textId="5E0AF241" w:rsidR="004B109C" w:rsidRPr="00B54008" w:rsidRDefault="004B109C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7288,238 +7897,228 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Švietimo pagalbos gavėjų </w:t>
             </w:r>
             <w:r w:rsidR="00CD1FCA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>sąrašo rengimas ir tvirtinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0875F036" w14:textId="4237B262" w:rsidR="004B109C" w:rsidRPr="00CD1FCA" w:rsidRDefault="00CD1FCA" w:rsidP="004D539C">
+          <w:p w14:paraId="0875F036" w14:textId="63792CF4" w:rsidR="004B109C" w:rsidRPr="00CD1FCA" w:rsidRDefault="00CD1FCA" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC13A6">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00566974">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>09/10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F8D0C07" w14:textId="379EFA9D" w:rsidR="004126B7" w:rsidRPr="001317A5" w:rsidRDefault="00CD1FCA" w:rsidP="004D539C">
+          <w:p w14:paraId="2F8D0C07" w14:textId="772D6DF8" w:rsidR="004126B7" w:rsidRPr="001317A5" w:rsidRDefault="004126B7" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">Logopedė, </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>P</w:t>
             </w:r>
+            <w:r w:rsidR="00CD1FCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>sichologė</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>sichologė</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00566974">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Socialinė pedagogė,</w:t>
             </w:r>
-            <w:r w:rsidR="004126B7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> MVGK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51133C2A" w14:textId="77777777" w:rsidR="004B109C" w:rsidRPr="001317A5" w:rsidRDefault="004B109C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D539C" w:rsidRPr="001317A5" w14:paraId="11705BAA" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:trPr>
           <w:trHeight w:val="1320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58F0B176" w14:textId="541B02DF" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
+          <w:p w14:paraId="58F0B176" w14:textId="7762CEB8" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00207A88">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="007425D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="24D4F242" w14:textId="6BA441F0" w:rsidR="00B54008" w:rsidRPr="001317A5" w:rsidRDefault="00B54008" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7533,142 +8132,133 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Vaikų, turinčių kalbėjimo ir kalbos sutrikimų pirminis vertinimas, specialiųjų ugdymosi poreikių lygio nustatymas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>, sąrašo sudarymas ir tvirtinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="185E8128" w14:textId="7BF59DAE" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
+          <w:p w14:paraId="185E8128" w14:textId="3950E19C" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC13A6">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...17 lines deleted...]
-              <w:t>09</w:t>
+              <w:t>-09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C8D9154" w14:textId="77777777" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
+          <w:p w14:paraId="7C8D9154" w14:textId="2F5D191F" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Logopedė</w:t>
+            </w:r>
+            <w:r w:rsidR="00E576E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E0D2D63" w14:textId="77777777" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7695,98 +8285,98 @@
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0038043B" w:rsidRPr="001317A5" w14:paraId="25DBED3D" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:trPr>
           <w:trHeight w:val="1320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AEAA013" w14:textId="5388C2EC" w:rsidR="0038043B" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
+          <w:p w14:paraId="2AEAA013" w14:textId="5C2E66CC" w:rsidR="0038043B" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00207A88">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="007425D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="060BBDEA" w14:textId="5D1EE334" w:rsidR="0038043B" w:rsidRPr="00B54008" w:rsidRDefault="00711A4D" w:rsidP="0038043B">
+          <w:p w14:paraId="060BBDEA" w14:textId="190E153C" w:rsidR="0038043B" w:rsidRPr="00B54008" w:rsidRDefault="00711A4D" w:rsidP="0038043B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Informacijos rinkimas apie ugdytinius, turinčius specialiųjų ugdymo(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7800,404 +8390,423 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>) poreikius</w:t>
             </w:r>
             <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="0007231B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Gavus tėvų sutikimą atli</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve">1. </w:t>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>ekamas</w:t>
             </w:r>
             <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Gavus tėvų sutikimą atli</w:t>
+              <w:t xml:space="preserve"> pirmin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>ekamas</w:t>
+              <w:t xml:space="preserve">is </w:t>
             </w:r>
             <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> pirmin</w:t>
+              <w:t>įvertinim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">is </w:t>
+              <w:t>as</w:t>
             </w:r>
             <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>įvertinim</w:t>
-[...8 lines deleted...]
-              <w:t>as</w:t>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="008D5B8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2. </w:t>
             </w:r>
             <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 2. </w:t>
+              <w:t>Aptar</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>iami</w:t>
             </w:r>
             <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Aptar</w:t>
+              <w:t xml:space="preserve"> įvertinimo rezultat</w:t>
             </w:r>
             <w:r w:rsidR="00EF7EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>iami</w:t>
+              <w:t>ai</w:t>
             </w:r>
             <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> įvertinimo rezultat</w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00EF7EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:t xml:space="preserve">atitinkamai </w:t>
+            </w:r>
+            <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kreipiamas </w:t>
+            </w:r>
+            <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>ugdytin</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> į PPT arba į vaiko raidos centrą;</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3. </w:t>
+            </w:r>
+            <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Konsultuo</w:t>
+            </w:r>
+            <w:r w:rsidR="002804C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>jam</w:t>
+            </w:r>
+            <w:r w:rsidR="00E576E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>i mokytojai</w:t>
+            </w:r>
+            <w:r w:rsidR="0038043B" w:rsidRPr="0038043B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir   tėv</w:t>
+            </w:r>
+            <w:r w:rsidR="00E576E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
               <w:t>ai</w:t>
-            </w:r>
-[...97 lines deleted...]
-              <w:t xml:space="preserve"> auklėtojus ir   tėvus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B8178A7" w14:textId="5BF721DE" w:rsidR="0038043B" w:rsidRPr="001317A5" w:rsidRDefault="002804C5" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002804C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Visus mokslo metus, pagal poreikį</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00FE4C74" w14:textId="22C62D80" w:rsidR="0038043B" w:rsidRPr="001317A5" w:rsidRDefault="002804C5" w:rsidP="004D539C">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Logopedė, Psichologė, </w:t>
+          <w:p w14:paraId="00FE4C74" w14:textId="4AA8DBE3" w:rsidR="0038043B" w:rsidRPr="001317A5" w:rsidRDefault="00C969FF" w:rsidP="004D539C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
             <w:r w:rsidR="00566974">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socialinė pedagogė, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002804C5">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="002804C5" w:rsidRPr="002804C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>MVGK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="36C7B0F1" w14:textId="77777777" w:rsidR="0038043B" w:rsidRPr="001317A5" w:rsidRDefault="0038043B" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F15F44" w:rsidRPr="001317A5" w14:paraId="0D24F569" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:trPr>
           <w:trHeight w:val="1320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63C3D2BC" w14:textId="7208E7F0" w:rsidR="00F15F44" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
+          <w:p w14:paraId="63C3D2BC" w14:textId="2C499AC3" w:rsidR="00F15F44" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00207A88">
-[...6 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="007425D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6A785AEC" w14:textId="560B1BA6" w:rsidR="00F15F44" w:rsidRPr="00B54008" w:rsidRDefault="00F15F44" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8249,439 +8858,412 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Pagal poreikį</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="422DDF9C" w14:textId="790169B0" w:rsidR="00613E42" w:rsidRPr="001317A5" w:rsidRDefault="00F15F44" w:rsidP="004D539C">
+          <w:p w14:paraId="422DDF9C" w14:textId="1D39362B" w:rsidR="00613E42" w:rsidRPr="001317A5" w:rsidRDefault="00F15F44" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>MVGK,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:br/>
-              <w:t>Logopedė,</w:t>
-[...18 lines deleted...]
-              <w:t>, Socialinė pedagogė</w:t>
+            </w:r>
+            <w:r w:rsidR="00C969FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74E8417B" w14:textId="77777777" w:rsidR="00F15F44" w:rsidRPr="001317A5" w:rsidRDefault="00F15F44" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0045549C" w:rsidRPr="001317A5" w14:paraId="7C443E48" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:trPr>
           <w:trHeight w:val="1320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DEE8C6B" w14:textId="34DB8ADE" w:rsidR="0045549C" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
+          <w:p w14:paraId="2DEE8C6B" w14:textId="3A7A9A2D" w:rsidR="0045549C" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00207A88">
-[...6 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="007425D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="338DAA68" w14:textId="04FF20C1" w:rsidR="0045549C" w:rsidRPr="00F15F44" w:rsidRDefault="0045549C" w:rsidP="004D539C">
+          <w:p w14:paraId="338DAA68" w14:textId="04FF20C1" w:rsidR="0045549C" w:rsidRPr="00F15F44" w:rsidRDefault="0045549C" w:rsidP="0020034E">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045549C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Pedagogų ir specialistų parengtų pritaikytų ugdymo programų ir (ar) individualių pagalbos planų specialiųjų ugdymosi poreikių turintiems vaikams aptarimas ir suderinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CCF20D6" w14:textId="104776C1" w:rsidR="0045549C" w:rsidRPr="00392A2B" w:rsidRDefault="00392A2B" w:rsidP="004D539C">
+          <w:p w14:paraId="5CCF20D6" w14:textId="4FB95652" w:rsidR="0045549C" w:rsidRPr="00392A2B" w:rsidRDefault="00392A2B" w:rsidP="0020034E">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC13A6">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">01;   </w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="00C72040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC13A6">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="0070064C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62C6569F" w14:textId="77777777" w:rsidR="00613E42" w:rsidRDefault="00392A2B" w:rsidP="004D539C">
-[...1 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+          <w:p w14:paraId="55B48CAB" w14:textId="5EB9F131" w:rsidR="0020034E" w:rsidRDefault="00392A2B" w:rsidP="0020034E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>MVGK,</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="6B44165A" w14:textId="1F44EEFF" w:rsidR="0020034E" w:rsidRDefault="0020034E" w:rsidP="0020034E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:br/>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Švietimo pagalbos specialistai,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="112B8F68" w14:textId="6F875003" w:rsidR="00E92C15" w:rsidRDefault="0020034E" w:rsidP="0020034E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:br/>
-[...39 lines deleted...]
-              <w:t>Grupių pedagogai</w:t>
+              <w:t>Grupių mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F293E34" w14:textId="5CA61006" w:rsidR="0045549C" w:rsidRPr="001317A5" w:rsidRDefault="0045549C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D539C" w:rsidRPr="001317A5" w14:paraId="39F3C8C3" w14:textId="77777777" w:rsidTr="00EE287D">
+      <w:tr w:rsidR="004D539C" w:rsidRPr="00DA3836" w14:paraId="39F3C8C3" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF1E30C" w14:textId="5C540713" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
+          <w:p w14:paraId="1EF1E30C" w14:textId="179C7507" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00207A88">
-[...6 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="007425D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40A0158E" w14:textId="5C2BE312" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="000244FF" w:rsidP="004D539C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
@@ -8759,751 +9341,697 @@
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54BEB0EA" w14:textId="415CABEF" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
+          <w:p w14:paraId="54BEB0EA" w14:textId="40E62D56" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="0020034E">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Grupių </w:t>
             </w:r>
+            <w:r w:rsidR="0020034E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>mokytojai</w:t>
+            </w:r>
             <w:r w:rsidR="0056604D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>pedagogai,</w:t>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="001C46C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001317A5">
-[...33 lines deleted...]
-              <w:t>, Socialinė pedagogė</w:t>
+            <w:r w:rsidR="0020034E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3295DAB3" w14:textId="77777777" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D539C" w:rsidRPr="001317A5" w14:paraId="72EF9D3B" w14:textId="77777777" w:rsidTr="00EE287D">
+      <w:tr w:rsidR="004D539C" w:rsidRPr="0070064C" w14:paraId="72EF9D3B" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5869C278" w14:textId="07C32D4A" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5869C278" w14:textId="0B82F0E3" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="007425D3" w:rsidP="004D539C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="446B2840" w14:textId="57B53A25" w:rsidR="004D539C" w:rsidRPr="002039B5" w:rsidRDefault="009C5656" w:rsidP="004D539C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>aikų,  turinčių ugdymosi sunkumų, poreikių tenkinim</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir tęstinum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>o užtikrinimas</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E87FE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E87FE6" w:rsidRPr="0007231B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Aptar</w:t>
+            </w:r>
+            <w:r w:rsidR="00E87FE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>iami</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ugdymosi sunkumų turinčių vaikų pasiekim</w:t>
+            </w:r>
+            <w:r w:rsidR="00E87FE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>ai</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> su </w:t>
+            </w:r>
+            <w:r w:rsidR="00E87FE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>grupės pedagogais</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir tėvais;</w:t>
+            </w:r>
+            <w:r w:rsidR="00C14835">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C14835" w:rsidRPr="0007231B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2. Matant poreikį</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rekomenduo</w:t>
+            </w:r>
+            <w:r w:rsidR="00C14835">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>jama</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vaiko psichines ir fizines galias atitinkan</w:t>
+            </w:r>
+            <w:r w:rsidR="00C2587B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>ti</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ugdymo ir lavinimo įstaig</w:t>
+            </w:r>
+            <w:r w:rsidR="00C2587B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="00C2587B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C2587B" w:rsidRPr="0007231B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C2587B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Teik</w:t>
+            </w:r>
+            <w:r w:rsidR="00A75F2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>iamos</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rekomendacij</w:t>
+            </w:r>
+            <w:r w:rsidR="00A75F2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>os</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F753B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>grup</w:t>
+            </w:r>
+            <w:r w:rsidR="00A75F2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>ės pedagogams</w:t>
+            </w:r>
+            <w:r w:rsidR="00A248EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>tėvams dėl specialiojo ugdymo metodų, būdų, ugdymo priemonių naudojimo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF40381" w14:textId="77777777" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Atsižvelgiant į specialistų rekomendacijas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1940" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7537470C" w14:textId="34D7B9E4" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="0020034E" w:rsidP="004D539C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>V</w:t>
+              <w:t>Švietimo pagalbos specialistai</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF438A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,   </w:t>
+            </w:r>
+            <w:r w:rsidR="00701279">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grupių </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>mokytojai</w:t>
             </w:r>
             <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>aikų,  turinčių ugdymosi sunkumų, poreikių tenkinim</w:t>
-[...8 lines deleted...]
-              <w:t>o</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="008E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00701279">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ir tęstinum</w:t>
-[...8 lines deleted...]
-              <w:t>o užtikrinimas</w:t>
+              <w:t xml:space="preserve">ėvai, </w:t>
+            </w:r>
+            <w:r w:rsidR="00701279">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E6511A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
-              <w:rPr>
-[...446 lines deleted...]
-            <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>MVGK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64AD99BC" w14:textId="77777777" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D539C" w:rsidRPr="001317A5" w14:paraId="35684B96" w14:textId="77777777" w:rsidTr="00EE287D">
+      <w:tr w:rsidR="004D539C" w:rsidRPr="00DA3836" w14:paraId="35684B96" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6FDBC3" w14:textId="18D4451E" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="00207A88" w:rsidP="004D539C">
+          <w:p w14:paraId="6D6FDBC3" w14:textId="55710AFC" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="00207A88" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="774EC771" w14:textId="25331EDC" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="001F7E32" w:rsidP="004D539C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
@@ -9581,178 +10109,163 @@
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF783F4" w14:textId="41BA807A" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="002039B5">
-[...1 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+          <w:p w14:paraId="4967D56B" w14:textId="77777777" w:rsidR="0020034E" w:rsidRDefault="004D539C" w:rsidP="0020034E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>MVGK</w:t>
             </w:r>
             <w:r w:rsidR="00C317F8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="001317A5">
-[...35 lines deleted...]
-            <w:r w:rsidRPr="001317A5">
+          </w:p>
+          <w:p w14:paraId="6FF783F4" w14:textId="63AEF131" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="0020034E" w:rsidP="0020034E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
+            </w:r>
+            <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="058E0BD3" w14:textId="77777777" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00057AE6" w:rsidRPr="001317A5" w14:paraId="4035FF9B" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75EA082C" w14:textId="32527E28" w:rsidR="00057AE6" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
+          <w:p w14:paraId="75EA082C" w14:textId="026DADEE" w:rsidR="00057AE6" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00207A88">
-[...6 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00AC080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E48692F" w14:textId="5016141C" w:rsidR="00057AE6" w:rsidRDefault="00057AE6" w:rsidP="004D539C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
@@ -9866,142 +10379,142 @@
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Pagal poreikį</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08C3A622" w14:textId="10BBB137" w:rsidR="00057AE6" w:rsidRPr="001317A5" w:rsidRDefault="00057AE6" w:rsidP="004D539C">
+          <w:p w14:paraId="08C3A622" w14:textId="74EBF1AA" w:rsidR="00057AE6" w:rsidRPr="001317A5" w:rsidRDefault="00057AE6" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">MVGK, Logopedė, </w:t>
-[...17 lines deleted...]
-              <w:t>, Socialinė pedagogė</w:t>
+              <w:t>MVGK,</w:t>
+            </w:r>
+            <w:r w:rsidR="001328CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Švietimo pagalbos spe</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD3092">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>cialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54C90E4A" w14:textId="77777777" w:rsidR="00057AE6" w:rsidRPr="001317A5" w:rsidRDefault="00057AE6" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D539C" w:rsidRPr="001317A5" w14:paraId="065F893F" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D287A3A" w14:textId="24AF83A6" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
+          <w:p w14:paraId="7D287A3A" w14:textId="1E355D8D" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="00AC0B9D" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00207A88">
-[...6 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00AC080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14E600E1" w14:textId="449293CD" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="005D5C9D" w:rsidP="004D539C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
@@ -10079,192 +10592,194 @@
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001317A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15477035" w14:textId="2AE4C831" w:rsidR="00A53C51" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
-[...44 lines deleted...]
-              <w:t>, Specialioji pedagogė</w:t>
+          <w:p w14:paraId="15477035" w14:textId="7C9D4D5A" w:rsidR="00A53C51" w:rsidRPr="001317A5" w:rsidRDefault="0020034E" w:rsidP="0020034E">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70A85F5E" w14:textId="77777777" w:rsidR="004D539C" w:rsidRPr="001317A5" w:rsidRDefault="004D539C" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE3BDB" w:rsidRPr="001317A5" w14:paraId="631C3E32" w14:textId="77777777" w:rsidTr="00EE287D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72A783B7" w14:textId="0174F17D" w:rsidR="00AE3BDB" w:rsidRDefault="003A7F59" w:rsidP="004D539C">
+          <w:p w14:paraId="72A783B7" w14:textId="0160D530" w:rsidR="00AE3BDB" w:rsidRDefault="003A7F59" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>33.</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F74E796" w14:textId="4A983DF1" w:rsidR="00AE3BDB" w:rsidRPr="005D5C9D" w:rsidRDefault="00AE3BDB" w:rsidP="004D539C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE3BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Metodinių priemonių emociniam, socialiniam, asmenybės pažinimo ugdymui gamyba ir pagalba jas įsisavinant (pvz. matuoja savo nuotaiką, nusiramino priemonių krepšelis, saugus būdas išlieti pyktį ir t.t.)</w:t>
+              <w:t xml:space="preserve">Metodinių priemonių emociniam, socialiniam, asmenybės pažinimo ugdymui gamyba ir pagalba jas įsisavinant (pvz. matuoja savo nuotaiką, nusiramino priemonių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE3BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>krepšelis, saugus būdas išlieti pyktį ir t.t.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62E532BE" w14:textId="28B5BB69" w:rsidR="00AE3BDB" w:rsidRPr="001317A5" w:rsidRDefault="00AE3BDB" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DD88748" w14:textId="4FC53B4E" w:rsidR="00AE3BDB" w:rsidRPr="001317A5" w:rsidRDefault="00AE3BDB" w:rsidP="004D539C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
@@ -10324,183 +10839,220 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Pastaba. MVGK pasilieka teisę pagal poreikį planą koreguoti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A1E780B" w14:textId="77777777" w:rsidR="000914DB" w:rsidRPr="001317A5" w:rsidRDefault="000914DB" w:rsidP="000914DB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001317A5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">SUDERINTA: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B600A96" w14:textId="6A5F689E" w:rsidR="000914DB" w:rsidRPr="0097267D" w:rsidRDefault="000914DB" w:rsidP="00AC0B9D">
+    <w:p w14:paraId="6B600A96" w14:textId="1EF82069" w:rsidR="000914DB" w:rsidRPr="00FF7A39" w:rsidRDefault="000914DB" w:rsidP="00AC0B9D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001317A5">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>MVGK posėdžio</w:t>
+        <w:t>MVGK posėd</w:t>
+      </w:r>
+      <w:r w:rsidR="00111309">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>yje</w:t>
       </w:r>
       <w:r w:rsidR="009D4AE9" w:rsidRPr="001317A5">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="004D539C" w:rsidRPr="001317A5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C048E2">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0070064C">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00C048E2">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00556E03">
-[...9 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="00D8178B">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidR="00C048E2">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8178B">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="00111309">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00925D88" w:rsidRPr="001317A5">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> protokolas </w:t>
       </w:r>
       <w:r w:rsidR="00212073" w:rsidRPr="001317A5">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Nr. VGK</w:t>
       </w:r>
       <w:r w:rsidRPr="001317A5">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00C0754A">
-[...3 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="0020034E" w:rsidRPr="00FF7A39">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0070064C">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0020034E" w:rsidRPr="00FF7A39">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8178B">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E831E6B" w14:textId="77777777" w:rsidR="00333AF2" w:rsidRDefault="00333AF2"/>
-    <w:sectPr w:rsidR="00333AF2" w:rsidSect="007375D6">
+    <w:p w14:paraId="5E831E6B" w14:textId="77777777" w:rsidR="00333AF2" w:rsidRPr="0007231B" w:rsidRDefault="00333AF2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00333AF2" w:rsidRPr="0007231B" w:rsidSect="00C61983">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01EF5222"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="39CEE75A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="780"/>
         </w:tabs>
@@ -10874,285 +11426,320 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2003199550">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1377118530">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="334503052">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000914DB"/>
     <w:rsid w:val="00002996"/>
     <w:rsid w:val="000045E5"/>
     <w:rsid w:val="0000530C"/>
+    <w:rsid w:val="00015513"/>
     <w:rsid w:val="000172E5"/>
     <w:rsid w:val="000244FF"/>
     <w:rsid w:val="00027BEA"/>
+    <w:rsid w:val="00036BF3"/>
     <w:rsid w:val="000404D4"/>
     <w:rsid w:val="0004458A"/>
     <w:rsid w:val="0004515E"/>
     <w:rsid w:val="00045603"/>
+    <w:rsid w:val="0004669E"/>
     <w:rsid w:val="00053F82"/>
     <w:rsid w:val="00057AE6"/>
     <w:rsid w:val="00066032"/>
+    <w:rsid w:val="0007231B"/>
     <w:rsid w:val="000816DF"/>
     <w:rsid w:val="00091090"/>
     <w:rsid w:val="000914DB"/>
     <w:rsid w:val="000A0994"/>
     <w:rsid w:val="000A09C8"/>
     <w:rsid w:val="000A39FF"/>
     <w:rsid w:val="000D5158"/>
     <w:rsid w:val="000F0F33"/>
     <w:rsid w:val="00102758"/>
+    <w:rsid w:val="00111309"/>
     <w:rsid w:val="001114B2"/>
+    <w:rsid w:val="00116C82"/>
+    <w:rsid w:val="00121A0B"/>
     <w:rsid w:val="001317A5"/>
+    <w:rsid w:val="001328CF"/>
     <w:rsid w:val="00146FF0"/>
     <w:rsid w:val="001577CD"/>
     <w:rsid w:val="001722A4"/>
     <w:rsid w:val="001A1985"/>
     <w:rsid w:val="001C46C7"/>
+    <w:rsid w:val="001F1DD3"/>
     <w:rsid w:val="001F7E32"/>
+    <w:rsid w:val="0020034E"/>
     <w:rsid w:val="002039B5"/>
     <w:rsid w:val="00207A88"/>
     <w:rsid w:val="00212073"/>
-    <w:rsid w:val="00213E7A"/>
     <w:rsid w:val="00231957"/>
     <w:rsid w:val="00241972"/>
     <w:rsid w:val="00245AA3"/>
     <w:rsid w:val="002804C5"/>
     <w:rsid w:val="002A2E72"/>
     <w:rsid w:val="002C5F06"/>
     <w:rsid w:val="0030502B"/>
     <w:rsid w:val="00321DC8"/>
     <w:rsid w:val="00327446"/>
     <w:rsid w:val="00333AF2"/>
     <w:rsid w:val="003627EF"/>
+    <w:rsid w:val="00363EDC"/>
     <w:rsid w:val="003651D2"/>
     <w:rsid w:val="003800D6"/>
     <w:rsid w:val="0038043B"/>
     <w:rsid w:val="00392A2B"/>
     <w:rsid w:val="003A1D2A"/>
     <w:rsid w:val="003A572E"/>
     <w:rsid w:val="003A7F59"/>
     <w:rsid w:val="003B40D9"/>
     <w:rsid w:val="003D042D"/>
     <w:rsid w:val="003D257C"/>
+    <w:rsid w:val="003D45AA"/>
+    <w:rsid w:val="003E1E0E"/>
     <w:rsid w:val="003F10F5"/>
     <w:rsid w:val="003F2B85"/>
     <w:rsid w:val="00404B5D"/>
     <w:rsid w:val="004126B7"/>
     <w:rsid w:val="004217BB"/>
     <w:rsid w:val="0043493E"/>
     <w:rsid w:val="0045549C"/>
     <w:rsid w:val="00456569"/>
     <w:rsid w:val="00456C0A"/>
     <w:rsid w:val="004726BA"/>
-    <w:rsid w:val="004804EC"/>
     <w:rsid w:val="004B109C"/>
     <w:rsid w:val="004B2C00"/>
     <w:rsid w:val="004D089C"/>
     <w:rsid w:val="004D539C"/>
     <w:rsid w:val="00537E39"/>
     <w:rsid w:val="00556E03"/>
     <w:rsid w:val="0056604D"/>
     <w:rsid w:val="00566974"/>
     <w:rsid w:val="0056792D"/>
-    <w:rsid w:val="00573B35"/>
     <w:rsid w:val="00576932"/>
     <w:rsid w:val="00580F7B"/>
     <w:rsid w:val="005B03E4"/>
+    <w:rsid w:val="005B10D1"/>
     <w:rsid w:val="005D5C9D"/>
     <w:rsid w:val="005E0798"/>
     <w:rsid w:val="005F39D5"/>
     <w:rsid w:val="00613E42"/>
     <w:rsid w:val="00617CB9"/>
     <w:rsid w:val="006370D1"/>
     <w:rsid w:val="00644824"/>
     <w:rsid w:val="00697FB8"/>
+    <w:rsid w:val="006A6F1C"/>
+    <w:rsid w:val="006E0461"/>
+    <w:rsid w:val="0070064C"/>
     <w:rsid w:val="00701279"/>
     <w:rsid w:val="007032A1"/>
     <w:rsid w:val="00711A4D"/>
-    <w:rsid w:val="007375D6"/>
+    <w:rsid w:val="00713E00"/>
+    <w:rsid w:val="007425D3"/>
     <w:rsid w:val="0074304E"/>
+    <w:rsid w:val="00750ABC"/>
     <w:rsid w:val="00783C11"/>
     <w:rsid w:val="007B4C62"/>
     <w:rsid w:val="007D28E6"/>
     <w:rsid w:val="0080279E"/>
     <w:rsid w:val="0080682A"/>
     <w:rsid w:val="00813023"/>
+    <w:rsid w:val="00857478"/>
     <w:rsid w:val="00874EFE"/>
+    <w:rsid w:val="008873D5"/>
     <w:rsid w:val="008A242C"/>
     <w:rsid w:val="008D1ABD"/>
     <w:rsid w:val="008D5B8B"/>
     <w:rsid w:val="008E1548"/>
     <w:rsid w:val="008E71F9"/>
     <w:rsid w:val="00915000"/>
     <w:rsid w:val="00915E57"/>
     <w:rsid w:val="00917992"/>
     <w:rsid w:val="00925D88"/>
     <w:rsid w:val="009343EB"/>
     <w:rsid w:val="009451F0"/>
     <w:rsid w:val="00945BEA"/>
     <w:rsid w:val="00945D3C"/>
     <w:rsid w:val="00946DD1"/>
+    <w:rsid w:val="009562FA"/>
+    <w:rsid w:val="009710F7"/>
     <w:rsid w:val="009815B9"/>
     <w:rsid w:val="00990D93"/>
+    <w:rsid w:val="0099771A"/>
     <w:rsid w:val="00997F0E"/>
-    <w:rsid w:val="009A1542"/>
+    <w:rsid w:val="009C1BD3"/>
     <w:rsid w:val="009C5656"/>
     <w:rsid w:val="009D035D"/>
     <w:rsid w:val="009D39C9"/>
     <w:rsid w:val="009D4AE9"/>
-    <w:rsid w:val="00A07573"/>
     <w:rsid w:val="00A1334E"/>
+    <w:rsid w:val="00A13F30"/>
     <w:rsid w:val="00A15D9C"/>
     <w:rsid w:val="00A248EB"/>
     <w:rsid w:val="00A53C51"/>
     <w:rsid w:val="00A64D61"/>
     <w:rsid w:val="00A75F2A"/>
     <w:rsid w:val="00A94E74"/>
+    <w:rsid w:val="00AC080F"/>
     <w:rsid w:val="00AC0B9D"/>
     <w:rsid w:val="00AC1D3A"/>
     <w:rsid w:val="00AD0292"/>
     <w:rsid w:val="00AD191B"/>
+    <w:rsid w:val="00AD2E08"/>
+    <w:rsid w:val="00AD3092"/>
     <w:rsid w:val="00AE3BDB"/>
     <w:rsid w:val="00AF2026"/>
     <w:rsid w:val="00B54008"/>
+    <w:rsid w:val="00B60DF0"/>
+    <w:rsid w:val="00B64689"/>
     <w:rsid w:val="00B774AE"/>
     <w:rsid w:val="00B80622"/>
     <w:rsid w:val="00B86962"/>
     <w:rsid w:val="00B906C2"/>
     <w:rsid w:val="00B933DD"/>
     <w:rsid w:val="00BA4082"/>
-    <w:rsid w:val="00BC13A6"/>
     <w:rsid w:val="00BC595D"/>
+    <w:rsid w:val="00BE152F"/>
     <w:rsid w:val="00C033E1"/>
-    <w:rsid w:val="00C0754A"/>
+    <w:rsid w:val="00C048E2"/>
     <w:rsid w:val="00C14835"/>
     <w:rsid w:val="00C2587B"/>
     <w:rsid w:val="00C317F8"/>
+    <w:rsid w:val="00C31D81"/>
     <w:rsid w:val="00C606E2"/>
     <w:rsid w:val="00C61983"/>
+    <w:rsid w:val="00C62FAA"/>
     <w:rsid w:val="00C72040"/>
     <w:rsid w:val="00C75D19"/>
     <w:rsid w:val="00C93EBF"/>
+    <w:rsid w:val="00C969FF"/>
     <w:rsid w:val="00CD1FCA"/>
     <w:rsid w:val="00D0254B"/>
-    <w:rsid w:val="00D130BE"/>
     <w:rsid w:val="00D20EDF"/>
     <w:rsid w:val="00D24146"/>
     <w:rsid w:val="00D41D24"/>
     <w:rsid w:val="00D63040"/>
+    <w:rsid w:val="00D8178B"/>
     <w:rsid w:val="00D85ED6"/>
     <w:rsid w:val="00D87450"/>
+    <w:rsid w:val="00DA3836"/>
     <w:rsid w:val="00DF438A"/>
     <w:rsid w:val="00E04BA1"/>
     <w:rsid w:val="00E21B25"/>
+    <w:rsid w:val="00E576E2"/>
     <w:rsid w:val="00E6511A"/>
     <w:rsid w:val="00E71F43"/>
     <w:rsid w:val="00E73444"/>
     <w:rsid w:val="00E87FE6"/>
     <w:rsid w:val="00E92C15"/>
     <w:rsid w:val="00EB7A50"/>
+    <w:rsid w:val="00ED053E"/>
     <w:rsid w:val="00EE287D"/>
     <w:rsid w:val="00EE4F61"/>
+    <w:rsid w:val="00EF15D2"/>
     <w:rsid w:val="00EF7EEF"/>
+    <w:rsid w:val="00F12CE7"/>
     <w:rsid w:val="00F15F44"/>
     <w:rsid w:val="00F31B3F"/>
     <w:rsid w:val="00F56F0C"/>
     <w:rsid w:val="00F753B7"/>
     <w:rsid w:val="00FA34A2"/>
     <w:rsid w:val="00FA6FB6"/>
     <w:rsid w:val="00FB119E"/>
     <w:rsid w:val="00FD5415"/>
     <w:rsid w:val="00FD5D9E"/>
     <w:rsid w:val="00FE288D"/>
     <w:rsid w:val="00FE29CD"/>
     <w:rsid w:val="00FF31CE"/>
+    <w:rsid w:val="00FF7A39"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="221CC1DC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9231FA69-B05B-4B3B-A52F-AC84FD49CDC2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11625,51 +12212,51 @@
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00925D88"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0080682A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -11917,71 +12504,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FE7C358-C096-4563-BA2A-D80B88462278}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3635</Characters>
+  <Pages>8</Pages>
+  <Words>6488</Words>
+  <Characters>3699</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9992</CharactersWithSpaces>
+  <CharactersWithSpaces>10167</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Darzelis</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>